--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -16,114 +16,115 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Documentatie\Database Nefrodata\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FAF1323A-09B6-4EED-B4B4-DCD853972F9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1D8F826-580E-4076-9822-459AFDD46893}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19110" yWindow="-5360" windowWidth="25680" windowHeight="20970" tabRatio="724" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="760" yWindow="760" windowWidth="28800" windowHeight="15450" tabRatio="724" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dataset" sheetId="1" r:id="rId1"/>
     <sheet name="Versiebeheer" sheetId="18" r:id="rId2"/>
     <sheet name="Aanlevering_CSV" sheetId="8" r:id="rId3"/>
     <sheet name="Aanlevering_XML" sheetId="23" r:id="rId4"/>
     <sheet name="Meetpunt_namen" sheetId="21" r:id="rId5"/>
     <sheet name="Code_Geslacht" sheetId="7" r:id="rId6"/>
     <sheet name="Code_Doodsoorzaak" sheetId="5" r:id="rId7"/>
     <sheet name="Code_Therapiekeuze" sheetId="19" r:id="rId8"/>
     <sheet name="Code_Therapie" sheetId="4" r:id="rId9"/>
     <sheet name="Code_AGB" sheetId="17" r:id="rId10"/>
     <sheet name="Code_Lab" sheetId="20" r:id="rId11"/>
     <sheet name="Code_Roken" sheetId="11" r:id="rId12"/>
     <sheet name="Code_ICD10" sheetId="15" r:id="rId13"/>
     <sheet name="Code_Vaattoegang" sheetId="2" r:id="rId14"/>
     <sheet name="Code_Verrichting" sheetId="16" r:id="rId15"/>
     <sheet name="Code_Specialisme" sheetId="22" r:id="rId16"/>
     <sheet name="Code_Complicaties" sheetId="14" r:id="rId17"/>
     <sheet name="Code_CFS" sheetId="24" r:id="rId18"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">Code_Lab!$A$1:$C$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">Code_Therapie!$A$1:$C$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">Code_Therapiekeuze!$A$1:$B$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Dataset!$A$1:$A$113</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2969" uniqueCount="1407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2978" uniqueCount="1413">
   <si>
     <t>Omschrijving</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>bsn</t>
   </si>
   <si>
     <t>string</t>
   </si>
   <si>
     <t>geboortedatum</t>
   </si>
   <si>
     <t>achternaam</t>
   </si>
   <si>
     <t>geslacht</t>
   </si>
   <si>
@@ -747,76 +748,63 @@
   <si>
     <t>primaire bacteriële peritonitis</t>
   </si>
   <si>
     <t xml:space="preserve">Omschrijving </t>
   </si>
   <si>
     <t>Continu</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Verplicht indien bsn niet aangeleverd wordt (ivm koppeling met NOTR)</t>
   </si>
   <si>
     <t>Verplicht indien van toepassing</t>
   </si>
   <si>
     <t>Therapie</t>
   </si>
   <si>
     <t>CNS: elk kwartaal; dialyse: eenmalig bij start dialyse</t>
   </si>
   <si>
-    <t>LOINC 2276-4</t>
-[...1 lines deleted...]
-  <si>
     <t>LOINC 14866-8</t>
   </si>
   <si>
-    <t>LOINC 4548-4</t>
-[...4 lines deleted...]
-  <si>
     <t>LOINC 2823-3</t>
   </si>
   <si>
     <t>Bicarbonaat (mmol/l)</t>
   </si>
   <si>
     <t>Ferritine (µg/l of ng/ml)</t>
   </si>
   <si>
     <t>Calcium (in mmol/l)</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Kathetergerelateerde infectie</t>
   </si>
   <si>
     <t>zie hierboven</t>
   </si>
   <si>
     <t>7 karakters, in volgorde: 1 letter, 2 cijfers, 2 letters, 2 cijfers</t>
   </si>
   <si>
     <t xml:space="preserve">Startdatum is de startdatum van het betreffende medicijngebruik. </t>
   </si>
   <si>
     <t>Het betreft al het medicatiegebruik van de patiënt.</t>
   </si>
   <si>
     <t>Bij start dialyse en vervolgens elk kwartaal</t>
   </si>
   <si>
     <t>Totale Kt/V: peritoneale Kt/V plus Kt/V uit restnierfunctie. Zie NfN richtlijn Dialysestrategie en dialyse-efficiëntie, 2010</t>
   </si>
   <si>
     <t>Specialisme waarbij patiënt is opgenomen</t>
   </si>
@@ -839,53 +827,50 @@
     <t>Klinische tekenen van een infectie en een positieve bloedkweek, waarbij geen andere verklaring bestaat voor de infectie dan de katheter.
 Het betreft de volgende codes uit de diagnosethesaurus (https://trex.dhd.nl/):
 ThesaurusID: 93382
 SNOMED code: 119521000146104</t>
   </si>
   <si>
     <t>dbc</t>
   </si>
   <si>
     <t>313.xxx.325</t>
   </si>
   <si>
     <t>vaste tekst: dbc</t>
   </si>
   <si>
     <t>datum start dbc</t>
   </si>
   <si>
     <t>Datum start dbc 313.xxx.325</t>
   </si>
   <si>
     <t>Advies 2x per jaar</t>
   </si>
   <si>
     <t>LOINC 14683-7</t>
-  </si>
-[...1 lines deleted...]
-    <t>LOINC 6942-7</t>
   </si>
   <si>
     <t>LOINC 2888-6</t>
   </si>
   <si>
     <t>Definitie/opmerking</t>
   </si>
   <si>
     <t>Als selectiecriterium voor een CNS4-5 patiënt wordt dbc 313.xxx.325 gebruikt</t>
   </si>
   <si>
     <t xml:space="preserve">LOINC 2000-8
 </t>
   </si>
   <si>
     <t>Bij patiënten met restnierfunctie of dialyseschema’s anders dan 3 x per week geldt de stdKt/V als maat voor de dialysedosis. Zie NfN richtlijn Dialysestrategie en dialyse-efficiëntie, 2010</t>
   </si>
   <si>
     <t>Aantal uren per week (niet per dag)</t>
   </si>
   <si>
     <t xml:space="preserve">Opnamedatum van de betreffende opname. </t>
   </si>
   <si>
     <t>Dit betreft een opname met overnachting in het ziekenhuis. Dagopnames hoeven niet geregistreerd te worden.
@@ -4351,50 +4336,84 @@
     <t>geel = nieuw tov huidige set, tot intrede wetswijziging WKKGZ facultatief, daarna verplicht</t>
   </si>
   <si>
     <t>- LOINC codes van Albumine, Transferrinesaturatie, Hba1c en Bicarbonaat  geupdate.
 - facultatief tot 1-1-2025 aangepast naar facultatief tot intrede wetswijziging WKKGZ.</t>
   </si>
   <si>
     <t>Type vaattoegang dat in gebruik genomen is</t>
   </si>
   <si>
     <t>- LOINC codes van eGFR en Transferrinesaturatie geupdate, LOINC van urine24 toegevoegd.
 - overlijdensindicator niet verplicht (wordt in CSV ook niet gevraagd)
 - in dataset: ntsnr hernoemd naar etnummer
 - in dataset: nieuwe regels toegevoegd voor datum van primaire diagnose, lab, observatie, comorbiditeit, verrichting, dialyse, complicatie
 - in dataset: ZIB OIDs aangevuld (nefroid, etnummer, lab_datum, ob_datum, com_datum, ZIB Probleem / ProbleemType, med_startdatum, med_einddatum, verr_datum, vaattoegang, pdkatheter, dial_datum, opn_startdatum, opn_einddatum, specialisme, compl_datum, lijnsepsis, peritonitis)
 - in dataset: ZIB naam aanpassing (ZIB Patient / Naamgegevens, Geslachtsnaam (partner), Adresgegevens vervangen; ZIB Zorgaanbieder / Organisatielocatie vervangen; ZIB Laboratoriumuitslag / Monster vervangen; ZIB Laboratoriumtest vervangen; ZIB Laboratoriumtest / Testuitslag bij urine24 vervangen door ZIB Laboratoriumuitslag / Volume; ZIB MedicatieAfspraak / Tijdsinterval en Farmaceutisch product vervangen; ZIB Zorgverlener / Specialisme vervangen) en kleine tekstuele wijzigingen
 - in dataset: kolom ZIB antwoord OID verwijderd. Inhoud is zonodig verplaatst naar andere kolom.
 - in dataset: kleine tekstuele aanpassingen in omschrijving, format, opmerkingen
 - in aanlevering CSV: UPN toegevoegd
 - in aanlevering CSV en XML: handleiding en voorbeelden genoemd
 - in dataset, aanlevering CSV en XML: diverse wijzigingen om volgorde en naamgeving van data en onderdelen zoveel mogelijk uniform te maken: 
      - in dataset: namen aangepast (o.a. kleine letters, geen spaties, meetpuntnamen gebruikt, zoveel mogelijk uniform met ZIB en aanlevering) 
      - in dataset: volgorde van regels aangepast (patiënt, peildatum) 
      - in dataset, aanlevering CSV en XML: volgorde en namen van de onderdelen aangepast.
      - in aanlevering CSV en XML: volgorde kolommen patiënt aangepast</t>
+  </si>
+  <si>
+    <t>2.9</t>
+  </si>
+  <si>
+    <t>AdG</t>
+  </si>
+  <si>
+    <t>14957-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOINC 1963-8, 1960-4, 1961-2, 14627-4
+</t>
+  </si>
+  <si>
+    <t>LOINC 2276-4, 14801-5</t>
+  </si>
+  <si>
+    <t>LOINC 4548-4, 17856-6</t>
+  </si>
+  <si>
+    <t>LOINC 1751-7, 61152-5</t>
+  </si>
+  <si>
+    <t>LOINC 6942-7, 14957-5</t>
+  </si>
+  <si>
+    <t>LOINC van Urine (micro)albumine toegevoegd.</t>
+  </si>
+  <si>
+    <t>2.10</t>
+  </si>
+  <si>
+    <t>Bovengrens van urine albumine in portie en urine eiwit in portie verhoogd (was eerst 999).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -4689,51 +4708,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="119">
+  <cellXfs count="120">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -5007,50 +5026,51 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Komma" xfId="5" builtinId="3"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Standaard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Standaard 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Standaard 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF7DDDFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -5307,4437 +5327,4459 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vektis.nl/standaardisatie/codelijsten/COD016-VEKT" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vektis.nl/standaardisatie/codelijsten/COD016-VEKT" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era-edta-reg.org/prd.jsp?disclaim=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era-edta-reg.org/prd.jsp?disclaim=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O113"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="6" topLeftCell="E28" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="6" topLeftCell="E33" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="D44" sqref="D44"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.6328125" style="3" customWidth="1"/>
+    <col min="1" max="1" width="2.54296875" style="3" customWidth="1"/>
     <col min="2" max="3" width="7" style="41" customWidth="1"/>
-    <col min="4" max="4" width="30.6328125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.54296875" style="3" customWidth="1"/>
     <col min="5" max="5" width="43" style="10" customWidth="1"/>
-    <col min="6" max="6" width="12.36328125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="12.453125" style="3" customWidth="1"/>
     <col min="7" max="7" width="40.7265625" style="10" customWidth="1"/>
-    <col min="8" max="8" width="22.6328125" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="12" width="45.6328125" style="3" customWidth="1"/>
+    <col min="8" max="8" width="22.54296875" style="10" customWidth="1"/>
+    <col min="9" max="10" width="7.54296875" style="3" customWidth="1"/>
+    <col min="11" max="11" width="65.54296875" style="10" customWidth="1"/>
+    <col min="12" max="12" width="45.54296875" style="3" customWidth="1"/>
     <col min="13" max="13" width="23.54296875" style="3" bestFit="1" customWidth="1"/>
-    <col min="14" max="16384" width="9.36328125" style="3"/>
+    <col min="14" max="16384" width="9.453125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="1" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A1" s="11" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="E1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A2" s="25" t="str">
         <f>"Versie "&amp;LOOKUP(REPT("z",99),Versiebeheer!A:A)&amp;", datum laatst bijgewerkt: "&amp;TEXT(LOOKUP(9.99999999999999E+307,Versiebeheer!C:C),"dd-mm-jjjj")</f>
-        <v>Versie 2.8, datum laatst bijgewerkt: 26-11-2024</v>
+        <v>Versie 2.10, datum laatst bijgewerkt: 12-11-2025</v>
       </c>
       <c r="E2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="K2" s="19"/>
       <c r="L2" s="19"/>
       <c r="M2" s="19"/>
     </row>
     <row r="3" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="C3" s="33"/>
       <c r="D3" s="67"/>
       <c r="E3" s="19"/>
       <c r="G3" s="19"/>
       <c r="H3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="19"/>
       <c r="M3" s="19"/>
     </row>
     <row r="4" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A4" s="18" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="E4" s="45" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="F4" s="20" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="G4" s="101"/>
       <c r="H4" s="101"/>
       <c r="I4" s="42" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="J4" s="42"/>
       <c r="K4" s="42"/>
       <c r="L4" s="19"/>
       <c r="M4" s="19"/>
     </row>
     <row r="5" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B5" s="34"/>
       <c r="C5" s="34"/>
       <c r="E5" s="19"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
     </row>
     <row r="6" spans="1:13" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A6" s="21"/>
       <c r="B6" s="35" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="C6" s="35" t="s">
         <v>119</v>
       </c>
       <c r="D6" s="21" t="s">
         <v>217</v>
       </c>
       <c r="E6" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F6" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G6" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H6" s="22" t="s">
         <v>160</v>
       </c>
       <c r="I6" s="22" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="22" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="22" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="L6" s="22" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="M6" s="22" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A7" s="24" t="s">
-        <v>1205</v>
+        <v>1200</v>
       </c>
       <c r="B7" s="36"/>
       <c r="C7" s="36"/>
       <c r="D7" s="24"/>
       <c r="E7" s="46"/>
       <c r="F7" s="118"/>
       <c r="G7" s="118"/>
       <c r="H7" s="118"/>
       <c r="I7" s="118"/>
       <c r="J7" s="118"/>
       <c r="K7" s="118"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
     </row>
     <row r="8" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B8" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C8" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="E8" s="19" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="19"/>
       <c r="H8" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I8" s="18">
         <v>0</v>
       </c>
       <c r="J8" s="18">
         <v>999999</v>
       </c>
       <c r="K8" s="19" t="s">
         <v>120</v>
       </c>
       <c r="L8" s="19" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="M8" s="19" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="9" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B9" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C9" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D9" s="18" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="19" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G9" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K9" s="19"/>
       <c r="L9" s="19" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="M9" s="103" t="s">
-        <v>1253</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="10" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B10" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C10" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D10" s="18" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G10" s="19"/>
       <c r="H10" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K10" s="19" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="L10" s="19" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="M10" s="19" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="11" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B11" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C11" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="E11" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="19"/>
       <c r="H11" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K11" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L11" s="19" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="M11" s="19" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="12" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B12" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C12" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D12" s="18" t="s">
         <v>175</v>
       </c>
       <c r="E12" s="19" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="F12" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="19"/>
       <c r="H12" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K12" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L12" s="19" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="M12" s="19" t="s">
-        <v>1255</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="13" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B13" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C13" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="19"/>
       <c r="H13" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K13" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L13" s="19" t="s">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="M13" s="19" t="s">
-        <v>1256</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="14" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B14" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C14" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="E14" s="19" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="F14" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="19"/>
       <c r="H14" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K14" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L14" s="19" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="M14" s="19" t="s">
-        <v>1257</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="15" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B15" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C15" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="E15" s="19" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="19"/>
       <c r="H15" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K15" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L15" s="19" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="M15" s="19" t="s">
-        <v>1258</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="16" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B16" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C16" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>29</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I16" s="18">
         <v>1000</v>
       </c>
       <c r="J16" s="18">
         <v>9999</v>
       </c>
       <c r="K16" s="19"/>
       <c r="L16" s="19" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="M16" s="19" t="s">
-        <v>1259</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="17" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B17" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C17" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D17" s="18" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="19" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="19" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="H17" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K17" s="19"/>
       <c r="L17" s="19" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="M17" s="19" t="s">
-        <v>1260</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="18" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B18" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C18" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E18" s="19" t="s">
         <v>114</v>
       </c>
       <c r="F18" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G18" s="19"/>
       <c r="H18" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K18" s="19" t="s">
         <v>218</v>
       </c>
       <c r="L18" s="19" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="M18" s="19" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="19" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B19" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C19" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>182</v>
       </c>
       <c r="E19" s="19" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="F19" s="18" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="G19" s="19" t="s">
-        <v>1240</v>
+        <v>1235</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I19" s="18">
         <v>0</v>
       </c>
       <c r="J19" s="18">
         <v>1</v>
       </c>
       <c r="K19" s="19" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="L19" s="19" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="M19" s="19" t="s">
-        <v>1261</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="20" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B20" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C20" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D20" s="18" t="s">
         <v>178</v>
       </c>
       <c r="E20" s="19" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
       <c r="F20" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K20" s="19" t="s">
         <v>219</v>
       </c>
       <c r="L20" s="19" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="M20" s="19" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="21" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B21" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C21" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D21" s="18" t="s">
         <v>179</v>
       </c>
       <c r="E21" s="19" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="F21" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="19" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="H21" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I21" s="18">
         <v>0</v>
       </c>
       <c r="J21" s="18">
         <v>110</v>
       </c>
       <c r="K21" s="19"/>
       <c r="L21" s="19"/>
       <c r="M21" s="19"/>
     </row>
     <row r="22" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B22" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C22" s="34"/>
       <c r="D22" s="18" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="E22" s="19" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="F22" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G22" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H22" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K22" s="19" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="L22" s="19"/>
       <c r="M22" s="19"/>
     </row>
     <row r="23" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B23" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C23" s="34"/>
       <c r="D23" s="18" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="E23" s="19" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="F23" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="19" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="H23" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K23" s="19" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="L23" s="19"/>
       <c r="M23" s="19"/>
     </row>
-    <row r="24" spans="1:15" s="18" customFormat="1" ht="46.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" s="18" customFormat="1" ht="46.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="25"/>
       <c r="B24" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C24" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="26" t="s">
-        <v>1285</v>
+        <v>1280</v>
       </c>
       <c r="F24" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G24" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K24" s="26" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
       <c r="L24" s="26"/>
       <c r="M24" s="26"/>
       <c r="N24" s="25"/>
       <c r="O24" s="25"/>
     </row>
     <row r="25" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A25" s="24" t="s">
-        <v>1206</v>
+        <v>1201</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="24"/>
       <c r="E25" s="46"/>
       <c r="F25" s="118"/>
       <c r="G25" s="118"/>
       <c r="H25" s="118"/>
       <c r="I25" s="118"/>
       <c r="J25" s="118"/>
       <c r="K25" s="118"/>
       <c r="L25" s="24"/>
       <c r="M25" s="24"/>
     </row>
     <row r="26" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B26" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C26" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="E26" s="19" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="F26" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G26" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K26" s="19"/>
       <c r="L26" s="19"/>
       <c r="M26" s="19"/>
     </row>
     <row r="27" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B27" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C27" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="19" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="F27" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G27" s="19" t="s">
         <v>125</v>
       </c>
       <c r="H27" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I27" s="18">
         <v>1000</v>
       </c>
       <c r="J27" s="18">
         <v>9999</v>
       </c>
       <c r="K27" s="19" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="L27" s="19"/>
       <c r="M27" s="19"/>
     </row>
     <row r="28" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A28" s="24" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B28" s="36"/>
       <c r="C28" s="36"/>
       <c r="D28" s="24"/>
       <c r="E28" s="46"/>
       <c r="F28" s="118"/>
       <c r="G28" s="118"/>
       <c r="H28" s="118"/>
       <c r="I28" s="118"/>
       <c r="J28" s="118"/>
       <c r="K28" s="118"/>
       <c r="L28" s="24"/>
       <c r="M28" s="24"/>
     </row>
     <row r="29" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="40" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C29" s="34"/>
       <c r="D29" s="18" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="E29" s="19" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F29" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G29" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H29" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K29" s="19" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="L29" s="19"/>
       <c r="M29" s="19"/>
     </row>
     <row r="30" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A30" s="24" t="s">
-        <v>1207</v>
+        <v>1202</v>
       </c>
       <c r="B30" s="36"/>
       <c r="C30" s="36"/>
       <c r="D30" s="24"/>
       <c r="E30" s="46"/>
       <c r="F30" s="118"/>
       <c r="G30" s="118"/>
       <c r="H30" s="118"/>
       <c r="I30" s="118"/>
       <c r="J30" s="118"/>
       <c r="K30" s="118"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
     </row>
     <row r="31" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B31" s="34"/>
       <c r="C31" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="E31" s="19" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G31" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H31" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K31" s="19" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="L31" s="19"/>
       <c r="M31" s="19"/>
     </row>
     <row r="32" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B32" s="34"/>
       <c r="C32" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D32" s="18" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="19" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="F32" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="H32" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K32" s="19" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="L32" s="19" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="M32" s="19" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="33" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B33" s="34"/>
       <c r="C33" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>122</v>
       </c>
       <c r="E33" s="19" t="s">
-        <v>1293</v>
+        <v>1288</v>
       </c>
       <c r="F33" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="19" t="s">
-        <v>1238</v>
+        <v>1233</v>
       </c>
       <c r="H33" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K33" s="19" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="L33" s="19" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="M33" s="19" t="s">
-        <v>1264</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="34" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B34" s="34"/>
       <c r="C34" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="19" t="s">
-        <v>1237</v>
+        <v>1232</v>
       </c>
       <c r="F34" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K34" s="19"/>
       <c r="L34" s="19" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="M34" s="19" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="35" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B35" s="34"/>
       <c r="C35" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D35" s="18" t="s">
         <v>123</v>
       </c>
       <c r="E35" s="19" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="19" t="s">
-        <v>1238</v>
+        <v>1233</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K35" s="19" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="L35" s="19" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="M35" s="19" t="s">
-        <v>1264</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="36" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B36" s="34"/>
       <c r="C36" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="19" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="H36" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K36" s="19" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="L36" s="19"/>
       <c r="M36" s="19"/>
     </row>
     <row r="37" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B37" s="34"/>
       <c r="C37" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="19" t="s">
         <v>220</v>
       </c>
       <c r="F37" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="19" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="H37" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K37" s="19"/>
       <c r="L37" s="19"/>
       <c r="M37" s="19"/>
     </row>
     <row r="38" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A38" s="24" t="s">
-        <v>1208</v>
+        <v>1203</v>
       </c>
       <c r="B38" s="36"/>
       <c r="C38" s="36"/>
       <c r="D38" s="24"/>
       <c r="E38" s="46"/>
       <c r="F38" s="118"/>
       <c r="G38" s="118"/>
       <c r="H38" s="118"/>
       <c r="I38" s="118"/>
       <c r="J38" s="118"/>
       <c r="K38" s="118"/>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
     </row>
-    <row r="39" spans="1:15" s="23" customFormat="1" ht="23" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15" s="23" customFormat="1" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="25"/>
       <c r="B39" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C39" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D39" s="25" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="E39" s="26" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="F39" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G39" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H39" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I39" s="25"/>
       <c r="J39" s="25"/>
       <c r="K39" s="26" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="L39" s="25" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
       <c r="M39" s="25" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="40" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A40" s="25"/>
       <c r="B40" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C40" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D40" s="26" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="E40" s="26" t="s">
         <v>126</v>
       </c>
       <c r="F40" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="19"/>
       <c r="H40" s="19" t="s">
         <v>221</v>
       </c>
       <c r="I40" s="18">
         <v>10</v>
       </c>
       <c r="J40" s="18">
         <v>3000</v>
       </c>
       <c r="K40" s="26" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="L40" s="26" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="M40" s="26" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="N40" s="25"/>
       <c r="O40" s="25"/>
     </row>
     <row r="41" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A41" s="25"/>
       <c r="B41" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C41" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D41" s="26" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
       <c r="E41" s="26" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="19"/>
       <c r="H41" s="19" t="s">
         <v>221</v>
       </c>
       <c r="I41" s="18">
         <v>0</v>
       </c>
       <c r="J41" s="18">
         <v>99</v>
       </c>
       <c r="K41" s="26" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="L41" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M41" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N41" s="25"/>
       <c r="O41" s="25"/>
     </row>
-    <row r="42" spans="1:15" s="18" customFormat="1" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15" s="18" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="25"/>
       <c r="B42" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C42" s="37"/>
       <c r="D42" s="26" t="s">
-        <v>1286</v>
+        <v>1281</v>
       </c>
       <c r="E42" s="26" t="s">
-        <v>1218</v>
+        <v>1213</v>
       </c>
       <c r="F42" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="19"/>
       <c r="H42" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I42" s="18">
         <v>0</v>
       </c>
       <c r="J42" s="18">
         <v>999</v>
       </c>
       <c r="K42" s="26" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="L42" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M42" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N42" s="25"/>
       <c r="O42" s="25"/>
     </row>
-    <row r="43" spans="1:15" s="18" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15" s="18" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="25"/>
       <c r="B43" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C43" s="37"/>
       <c r="D43" s="26" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
       <c r="E43" s="26" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="F43" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="19"/>
       <c r="H43" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I43" s="18">
         <v>0</v>
       </c>
       <c r="J43" s="18">
-        <v>999</v>
+        <v>99999</v>
       </c>
       <c r="K43" s="26" t="s">
-        <v>252</v>
+        <v>1409</v>
       </c>
       <c r="L43" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M43" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N43" s="25"/>
       <c r="O43" s="25"/>
     </row>
-    <row r="44" spans="1:15" s="18" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15" s="18" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="25"/>
       <c r="B44" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C44" s="37"/>
       <c r="D44" s="26" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
       <c r="E44" s="26" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="F44" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="19"/>
       <c r="H44" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I44" s="18">
         <v>0</v>
       </c>
       <c r="J44" s="18">
-        <v>999</v>
+        <v>99999</v>
       </c>
       <c r="K44" s="26" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="L44" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M44" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N44" s="25"/>
       <c r="O44" s="25"/>
     </row>
     <row r="45" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A45" s="25"/>
       <c r="B45" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C45" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D45" s="26" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G45" s="102"/>
       <c r="H45" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I45" s="104">
         <v>1</v>
       </c>
       <c r="J45" s="104">
         <v>12</v>
       </c>
       <c r="K45" s="26" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="L45" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M45" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N45" s="25"/>
       <c r="O45" s="25"/>
     </row>
     <row r="46" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A46" s="25"/>
       <c r="B46" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C46" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D46" s="26" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>18</v>
       </c>
       <c r="F46" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G46" s="19"/>
       <c r="H46" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I46" s="18">
         <v>0</v>
       </c>
       <c r="J46" s="18">
         <v>8</v>
       </c>
       <c r="K46" s="26" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="L46" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M46" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N46" s="25"/>
       <c r="O46" s="25"/>
     </row>
     <row r="47" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A47" s="25"/>
       <c r="B47" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C47" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D47" s="26" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
       <c r="E47" s="26" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F47" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="19"/>
       <c r="H47" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I47" s="18">
         <v>0</v>
       </c>
       <c r="J47" s="18">
         <v>9999</v>
       </c>
       <c r="K47" s="26" t="s">
-        <v>230</v>
+        <v>1405</v>
       </c>
       <c r="L47" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M47" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N47" s="25"/>
       <c r="O47" s="25"/>
     </row>
     <row r="48" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A48" s="25"/>
       <c r="B48" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C48" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D48" s="26" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="E48" s="26" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F48" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="26"/>
       <c r="H48" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I48" s="26">
         <v>0</v>
       </c>
       <c r="J48" s="26">
         <v>9999</v>
       </c>
       <c r="K48" s="26" t="s">
-        <v>222</v>
+        <v>1406</v>
       </c>
       <c r="L48" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M48" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N48" s="25"/>
       <c r="O48" s="25"/>
     </row>
     <row r="49" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A49" s="25"/>
       <c r="B49" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C49" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D49" s="26" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="26"/>
       <c r="H49" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="26">
         <v>0</v>
       </c>
       <c r="J49" s="26">
         <v>100</v>
       </c>
       <c r="K49" s="26" t="s">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="L49" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M49" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N49" s="25"/>
       <c r="O49" s="25"/>
     </row>
     <row r="50" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A50" s="25"/>
       <c r="B50" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C50" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D50" s="26" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="E50" s="26" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F50" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G50" s="26"/>
       <c r="H50" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="26">
         <v>0.5</v>
       </c>
       <c r="J50" s="26">
         <v>4</v>
       </c>
       <c r="K50" s="26" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="L50" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M50" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N50" s="25"/>
       <c r="O50" s="25"/>
     </row>
     <row r="51" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A51" s="25"/>
       <c r="B51" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C51" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D51" s="26" t="s">
-        <v>1289</v>
+        <v>1284</v>
       </c>
       <c r="E51" s="26" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="F51" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G51" s="26"/>
       <c r="H51" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="26">
         <v>0</v>
       </c>
       <c r="J51" s="26">
         <v>999</v>
       </c>
       <c r="K51" s="26" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="L51" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M51" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N51" s="25"/>
       <c r="O51" s="25"/>
     </row>
     <row r="52" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A52" s="25"/>
       <c r="B52" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C52" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D52" s="26" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
       <c r="E52" s="26" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="F52" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G52" s="26"/>
       <c r="H52" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I52" s="26">
         <v>0</v>
       </c>
       <c r="J52" s="26">
         <v>999</v>
       </c>
       <c r="K52" s="26" t="s">
-        <v>224</v>
+        <v>1407</v>
       </c>
       <c r="L52" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M52" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N52" s="25"/>
       <c r="O52" s="25"/>
     </row>
     <row r="53" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A53" s="25"/>
       <c r="B53" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C53" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D53" s="26" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="E53" s="26" t="s">
         <v>129</v>
       </c>
       <c r="F53" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G53" s="26"/>
       <c r="H53" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I53" s="26">
         <v>10</v>
       </c>
       <c r="J53" s="26">
         <v>100</v>
       </c>
       <c r="K53" s="26" t="s">
-        <v>225</v>
+        <v>1408</v>
       </c>
       <c r="L53" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M53" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N53" s="25"/>
       <c r="O53" s="25"/>
     </row>
     <row r="54" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A54" s="25"/>
       <c r="B54" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C54" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D54" s="26" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>130</v>
       </c>
       <c r="F54" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G54" s="26"/>
       <c r="H54" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I54" s="26">
         <v>1</v>
       </c>
       <c r="J54" s="26">
         <v>10</v>
       </c>
       <c r="K54" s="26" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="L54" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M54" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N54" s="25"/>
       <c r="O54" s="25"/>
     </row>
     <row r="55" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A55" s="24" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="B55" s="36"/>
       <c r="C55" s="36"/>
       <c r="D55" s="24"/>
       <c r="E55" s="46"/>
       <c r="F55" s="118"/>
       <c r="G55" s="118"/>
       <c r="H55" s="118"/>
       <c r="I55" s="118"/>
       <c r="J55" s="118"/>
       <c r="K55" s="118"/>
       <c r="L55" s="24"/>
       <c r="M55" s="24"/>
     </row>
     <row r="56" spans="1:15" s="23" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A56" s="25"/>
       <c r="B56" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C56" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D56" s="25" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="E56" s="26" t="s">
-        <v>1275</v>
+        <v>1270</v>
       </c>
       <c r="F56" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G56" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H56" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I56" s="25"/>
       <c r="J56" s="25"/>
       <c r="K56" s="25" t="s">
-        <v>1357</v>
+        <v>1352</v>
       </c>
       <c r="L56" s="26" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="M56" s="26" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="57" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B57" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C57" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="E57" s="19" t="s">
         <v>154</v>
       </c>
       <c r="F57" s="18" t="s">
         <v>33</v>
       </c>
       <c r="G57" s="19"/>
       <c r="H57" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I57" s="18">
         <v>100</v>
       </c>
       <c r="J57" s="18">
         <v>220</v>
       </c>
       <c r="K57" s="19" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="L57" s="18" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
       <c r="M57" s="18" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="58" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B58" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C58" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="E58" s="19" t="s">
         <v>155</v>
       </c>
       <c r="F58" s="18" t="s">
         <v>33</v>
       </c>
       <c r="G58" s="19"/>
       <c r="H58" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I58" s="18">
         <v>30</v>
       </c>
       <c r="J58" s="18">
         <v>300</v>
       </c>
       <c r="K58" s="18" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="M58" s="18" t="s">
-        <v>1266</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="59" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B59" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C59" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="E59" s="19" t="s">
         <v>156</v>
       </c>
       <c r="F59" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G59" s="19"/>
       <c r="H59" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I59" s="18">
         <v>20</v>
       </c>
       <c r="J59" s="18">
         <v>300</v>
       </c>
       <c r="K59" s="19" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="L59" s="18" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="60" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B60" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C60" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>1091</v>
+        <v>1086</v>
       </c>
       <c r="E60" s="19" t="s">
         <v>157</v>
       </c>
       <c r="F60" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G60" s="19"/>
       <c r="H60" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I60" s="18">
         <v>20</v>
       </c>
       <c r="J60" s="18">
         <v>150</v>
       </c>
       <c r="K60" s="19" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="M60" s="18" t="s">
-        <v>1268</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="61" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B61" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C61" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="E61" s="19" t="s">
         <v>158</v>
       </c>
       <c r="F61" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G61" s="19" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="H61" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K61" s="19" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="M61" s="18" t="s">
-        <v>1269</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="62" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B62" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C62" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="F62" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G62" s="19" t="s">
-        <v>1376</v>
+        <v>1371</v>
       </c>
       <c r="H62" s="19" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="I62" s="18">
         <v>1</v>
       </c>
       <c r="J62" s="18">
         <v>9</v>
       </c>
       <c r="K62" s="19" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="63" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A63" s="24" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="B63" s="36"/>
       <c r="C63" s="36"/>
       <c r="D63" s="24"/>
       <c r="E63" s="46"/>
       <c r="F63" s="118"/>
       <c r="G63" s="118"/>
       <c r="H63" s="118"/>
       <c r="I63" s="118"/>
       <c r="J63" s="118"/>
       <c r="K63" s="118"/>
       <c r="L63" s="24"/>
       <c r="M63" s="24"/>
       <c r="N63" s="31"/>
     </row>
-    <row r="64" spans="1:15" s="23" customFormat="1" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:15" s="23" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="25"/>
       <c r="B64" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C64" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D64" s="25" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="E64" s="26" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="F64" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G64" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H64" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I64" s="25"/>
       <c r="J64" s="25"/>
       <c r="K64" s="25" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="L64" s="25" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="M64" s="25" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="65" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A65" s="25"/>
       <c r="B65" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C65" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="E65" s="19" t="s">
         <v>134</v>
       </c>
       <c r="F65" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G65" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H65" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K65" s="19" t="s">
         <v>193</v>
       </c>
       <c r="L65" s="19" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="M65" s="26" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="N65" s="25"/>
       <c r="O65" s="25"/>
     </row>
     <row r="66" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A66" s="25"/>
       <c r="B66" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C66" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="E66" s="19" t="s">
         <v>135</v>
       </c>
       <c r="F66" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H66" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K66" s="19" t="s">
         <v>194</v>
       </c>
       <c r="L66" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M66" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N66" s="25"/>
       <c r="O66" s="25"/>
     </row>
     <row r="67" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A67" s="25"/>
       <c r="B67" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C67" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="E67" s="19" t="s">
         <v>136</v>
       </c>
       <c r="F67" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G67" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H67" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K67" s="19" t="s">
         <v>195</v>
       </c>
       <c r="L67" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M67" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N67" s="25"/>
       <c r="O67" s="25"/>
     </row>
     <row r="68" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A68" s="25"/>
       <c r="B68" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C68" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D68" s="18" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="E68" s="19" t="s">
         <v>137</v>
       </c>
       <c r="F68" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G68" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H68" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K68" s="19" t="s">
         <v>196</v>
       </c>
       <c r="L68" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M68" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N68" s="25"/>
       <c r="O68" s="25"/>
     </row>
     <row r="69" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A69" s="25"/>
       <c r="B69" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C69" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="E69" s="19" t="s">
         <v>138</v>
       </c>
       <c r="F69" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G69" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H69" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K69" s="19" t="s">
         <v>197</v>
       </c>
       <c r="L69" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M69" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N69" s="25"/>
       <c r="O69" s="25"/>
     </row>
     <row r="70" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A70" s="25"/>
       <c r="B70" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C70" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D70" s="18" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="E70" s="19" t="s">
         <v>139</v>
       </c>
       <c r="F70" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H70" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K70" s="19" t="s">
         <v>198</v>
       </c>
       <c r="L70" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M70" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N70" s="25"/>
       <c r="O70" s="25"/>
     </row>
     <row r="71" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A71" s="25"/>
       <c r="B71" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C71" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="E71" s="19" t="s">
         <v>140</v>
       </c>
       <c r="F71" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G71" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H71" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K71" s="19" t="s">
         <v>199</v>
       </c>
       <c r="L71" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M71" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N71" s="25"/>
       <c r="O71" s="25"/>
     </row>
     <row r="72" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A72" s="25"/>
       <c r="B72" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C72" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="E72" s="19" t="s">
         <v>141</v>
       </c>
       <c r="F72" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G72" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H72" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K72" s="19" t="s">
         <v>200</v>
       </c>
       <c r="L72" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M72" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N72" s="25"/>
       <c r="O72" s="25"/>
     </row>
     <row r="73" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A73" s="25"/>
       <c r="B73" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C73" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="E73" s="19" t="s">
         <v>143</v>
       </c>
       <c r="F73" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G73" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H73" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K73" s="19" t="s">
         <v>202</v>
       </c>
       <c r="L73" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M73" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N73" s="25"/>
       <c r="O73" s="25"/>
     </row>
     <row r="74" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A74" s="25"/>
       <c r="B74" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C74" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D74" s="18" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="E74" s="19" t="s">
         <v>144</v>
       </c>
       <c r="F74" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H74" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K74" s="19" t="s">
         <v>203</v>
       </c>
       <c r="L74" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M74" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N74" s="25"/>
       <c r="O74" s="25"/>
     </row>
     <row r="75" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A75" s="25"/>
       <c r="B75" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C75" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="E75" s="19" t="s">
         <v>145</v>
       </c>
       <c r="F75" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G75" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H75" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K75" s="19" t="s">
         <v>204</v>
       </c>
       <c r="L75" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M75" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N75" s="25"/>
       <c r="O75" s="25"/>
     </row>
     <row r="76" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A76" s="25"/>
       <c r="B76" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C76" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="E76" s="19" t="s">
         <v>146</v>
       </c>
       <c r="F76" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G76" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H76" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K76" s="19" t="s">
         <v>206</v>
       </c>
       <c r="L76" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M76" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N76" s="25"/>
       <c r="O76" s="25"/>
     </row>
     <row r="77" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A77" s="25"/>
       <c r="B77" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C77" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="E77" s="19" t="s">
         <v>147</v>
       </c>
       <c r="F77" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G77" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H77" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K77" s="19" t="s">
         <v>207</v>
       </c>
       <c r="L77" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M77" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N77" s="25"/>
       <c r="O77" s="25"/>
     </row>
     <row r="78" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A78" s="25"/>
       <c r="B78" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C78" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="E78" s="19" t="s">
         <v>142</v>
       </c>
       <c r="F78" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G78" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H78" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K78" s="19" t="s">
         <v>201</v>
       </c>
       <c r="L78" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M78" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N78" s="25"/>
       <c r="O78" s="25"/>
     </row>
     <row r="79" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A79" s="25"/>
       <c r="B79" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C79" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="E79" s="19" t="s">
         <v>148</v>
       </c>
       <c r="F79" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G79" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H79" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K79" s="19" t="s">
         <v>205</v>
       </c>
       <c r="L79" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M79" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N79" s="25"/>
       <c r="O79" s="25"/>
     </row>
     <row r="80" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A80" s="25"/>
       <c r="B80" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C80" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="E80" s="19" t="s">
         <v>149</v>
       </c>
       <c r="F80" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G80" s="26" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H80" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K80" s="19" t="s">
         <v>208</v>
       </c>
       <c r="L80" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M80" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N80" s="25"/>
       <c r="O80" s="25"/>
     </row>
     <row r="81" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A81" s="24" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="B81" s="36"/>
       <c r="C81" s="36"/>
       <c r="D81" s="24"/>
       <c r="E81" s="46"/>
       <c r="F81" s="118"/>
       <c r="G81" s="118"/>
       <c r="H81" s="118"/>
       <c r="I81" s="118"/>
       <c r="J81" s="118"/>
       <c r="K81" s="118"/>
       <c r="L81" s="24"/>
       <c r="M81" s="24"/>
     </row>
-    <row r="82" spans="1:15" s="18" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:15" s="18" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B82" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C82" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="E82" s="19" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="F82" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G82" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H82" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K82" s="19" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="L82" s="19" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="M82" s="19" t="s">
-        <v>1311</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:15" s="18" customFormat="1" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" s="18" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B83" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C83" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
       <c r="E83" s="19" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="F83" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G83" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H83" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K83" s="19" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="L83" s="19" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="M83" s="19" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="84" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B84" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C84" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="E84" s="19" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="F84" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G84" s="19" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="H84" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K84" s="19" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="L84" s="19" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="M84" s="19" t="s">
-        <v>1270</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="85" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A85" s="24" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="B85" s="36"/>
       <c r="C85" s="36"/>
       <c r="D85" s="24"/>
       <c r="E85" s="46"/>
       <c r="F85" s="118"/>
       <c r="G85" s="118"/>
       <c r="H85" s="118"/>
       <c r="I85" s="118"/>
       <c r="J85" s="118"/>
       <c r="K85" s="118"/>
       <c r="L85" s="24"/>
       <c r="M85" s="24"/>
     </row>
     <row r="86" spans="1:15" s="23" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A86" s="25"/>
       <c r="B86" s="43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C86" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D86" s="25" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="E86" s="26" t="s">
-        <v>1291</v>
+        <v>1286</v>
       </c>
       <c r="F86" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G86" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H86" s="26" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="I86" s="25"/>
       <c r="J86" s="25"/>
       <c r="K86" s="25" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="L86" s="25" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="M86" s="19" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="87" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A87" s="25"/>
       <c r="B87" s="37"/>
       <c r="C87" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D87" s="25" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="E87" s="26" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="F87" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="H87" s="26" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="L87" s="19" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
       <c r="M87" s="19" t="s">
-        <v>1271</v>
+        <v>1266</v>
       </c>
       <c r="N87" s="25"/>
       <c r="O87" s="25"/>
     </row>
     <row r="88" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A88" s="25"/>
       <c r="B88" s="37"/>
       <c r="C88" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D88" s="25" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="E88" s="26" t="s">
-        <v>1292</v>
+        <v>1287</v>
       </c>
       <c r="F88" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G88" s="19" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="H88" s="26" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="L88" s="25" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M88" s="25" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N88" s="25"/>
       <c r="O88" s="25"/>
     </row>
     <row r="89" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A89" s="25"/>
       <c r="B89" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C89" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="E89" s="19" t="s">
         <v>150</v>
       </c>
       <c r="F89" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="H89" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K89" s="19"/>
       <c r="L89" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M89" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N89" s="25"/>
       <c r="O89" s="25"/>
     </row>
     <row r="90" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A90" s="25"/>
       <c r="B90" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C90" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="E90" s="19" t="s">
         <v>151</v>
       </c>
       <c r="F90" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G90" s="19" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="H90" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K90" s="19"/>
       <c r="L90" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M90" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N90" s="25"/>
       <c r="O90" s="25"/>
     </row>
     <row r="91" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A91" s="25"/>
       <c r="B91" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C91" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="E91" s="19" t="s">
         <v>152</v>
       </c>
       <c r="F91" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G91" s="19" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="H91" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K91" s="19"/>
       <c r="L91" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M91" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N91" s="25"/>
       <c r="O91" s="25"/>
     </row>
     <row r="92" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A92" s="25"/>
       <c r="B92" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C92" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E92" s="19" t="s">
         <v>153</v>
       </c>
       <c r="F92" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G92" s="19" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="H92" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K92" s="19"/>
       <c r="L92" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M92" s="19" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N92" s="25"/>
       <c r="O92" s="25"/>
     </row>
     <row r="93" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A93" s="24" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="B93" s="36"/>
       <c r="C93" s="36"/>
       <c r="D93" s="24"/>
       <c r="E93" s="46"/>
       <c r="F93" s="118"/>
       <c r="G93" s="118"/>
       <c r="H93" s="118"/>
       <c r="I93" s="118"/>
       <c r="J93" s="118"/>
       <c r="K93" s="118"/>
       <c r="L93" s="24"/>
       <c r="M93" s="24"/>
     </row>
     <row r="94" spans="1:15" s="23" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A94" s="25"/>
       <c r="B94" s="37"/>
       <c r="C94" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D94" s="25" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="E94" s="26" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="F94" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G94" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H94" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I94" s="25"/>
       <c r="J94" s="25"/>
       <c r="K94" s="25" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
       <c r="L94" s="25" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="M94" s="25" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="95" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A95" s="25"/>
       <c r="B95" s="37"/>
       <c r="C95" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="F95" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G95" s="19" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="H95" s="26" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
       <c r="K95" s="18" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
       <c r="L95" s="25"/>
       <c r="M95" s="25"/>
       <c r="N95" s="25"/>
       <c r="O95" s="25"/>
     </row>
     <row r="96" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A96" s="25"/>
       <c r="B96" s="37"/>
       <c r="C96" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D96" s="25" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="E96" s="26" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="F96" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G96" s="19" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="H96" s="26" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="L96" s="25"/>
       <c r="M96" s="25"/>
       <c r="N96" s="25"/>
       <c r="O96" s="25"/>
     </row>
     <row r="97" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A97" s="25"/>
       <c r="B97" s="37"/>
       <c r="C97" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D97" s="25" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="E97" s="26" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="F97" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G97" s="19"/>
       <c r="H97" s="19" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I97" s="18">
         <v>0</v>
       </c>
       <c r="J97" s="18">
         <v>20</v>
       </c>
       <c r="K97" s="26" t="s">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="L97" s="25"/>
       <c r="M97" s="25"/>
       <c r="N97" s="25"/>
       <c r="O97" s="25"/>
     </row>
     <row r="98" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A98" s="25"/>
       <c r="B98" s="37"/>
       <c r="C98" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D98" s="25" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="E98" s="26" t="s">
         <v>19</v>
       </c>
       <c r="F98" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G98" s="19"/>
       <c r="H98" s="19" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I98" s="18">
         <v>0</v>
       </c>
       <c r="J98" s="18">
         <v>20</v>
       </c>
       <c r="K98" s="26" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="L98" s="25"/>
       <c r="M98" s="25"/>
       <c r="N98" s="25"/>
       <c r="O98" s="25"/>
     </row>
     <row r="99" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.25">
       <c r="A99" s="25"/>
       <c r="B99" s="37"/>
       <c r="C99" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D99" s="25" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="E99" s="26" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G99" s="19"/>
       <c r="H99" s="19" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="I99" s="18">
         <v>0</v>
       </c>
       <c r="J99" s="18">
         <v>20</v>
       </c>
       <c r="K99" s="27" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="L99" s="25"/>
       <c r="M99" s="25"/>
       <c r="N99" s="25"/>
       <c r="O99" s="25"/>
     </row>
-    <row r="100" spans="1:15" s="18" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:15" s="18" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A100" s="25"/>
       <c r="B100" s="37"/>
       <c r="C100" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D100" s="25" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="E100" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F100" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G100" s="19"/>
       <c r="H100" s="19" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I100" s="18">
         <v>0</v>
       </c>
       <c r="J100" s="18">
         <v>7</v>
       </c>
       <c r="K100" s="26"/>
       <c r="L100" s="25"/>
       <c r="M100" s="25"/>
       <c r="N100" s="25"/>
       <c r="O100" s="25"/>
     </row>
-    <row r="101" spans="1:15" s="18" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:15" s="18" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="25"/>
       <c r="B101" s="37"/>
       <c r="C101" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D101" s="25" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="E101" s="26" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G101" s="19"/>
       <c r="H101" s="19" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I101" s="18">
         <v>0</v>
       </c>
       <c r="J101" s="18">
         <v>150</v>
       </c>
       <c r="K101" s="26" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="L101" s="25"/>
       <c r="M101" s="25"/>
       <c r="N101" s="25"/>
       <c r="O101" s="25"/>
     </row>
     <row r="102" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A102" s="25"/>
       <c r="B102" s="37"/>
       <c r="C102" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D102" s="25" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="E102" s="26" t="s">
         <v>128</v>
       </c>
       <c r="F102" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="19"/>
       <c r="H102" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I102" s="18">
         <v>0</v>
       </c>
       <c r="J102" s="18">
         <v>99999</v>
       </c>
       <c r="K102" s="26" t="s">
-        <v>1294</v>
+        <v>1289</v>
       </c>
       <c r="L102" s="26" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="M102" s="26" t="s">
-        <v>1296</v>
+        <v>1291</v>
       </c>
       <c r="N102" s="25"/>
       <c r="O102" s="25"/>
     </row>
     <row r="103" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A103" s="24" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="B103" s="36"/>
       <c r="C103" s="36"/>
       <c r="D103" s="24"/>
       <c r="E103" s="46"/>
       <c r="F103" s="118"/>
       <c r="G103" s="118"/>
       <c r="H103" s="118"/>
       <c r="I103" s="118"/>
       <c r="J103" s="118"/>
       <c r="K103" s="118"/>
       <c r="L103" s="24"/>
       <c r="M103" s="24"/>
     </row>
     <row r="104" spans="1:15" s="18" customFormat="1" ht="80.5" x14ac:dyDescent="0.35">
       <c r="A104" s="25"/>
       <c r="B104" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C104" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D104" s="25" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="E104" s="26" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F104" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G104" s="26" t="s">
         <v>121</v>
       </c>
       <c r="H104" s="19"/>
       <c r="K104" s="26" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="L104" s="18" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="M104" s="18" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="N104" s="25"/>
       <c r="O104" s="25"/>
     </row>
-    <row r="105" spans="1:15" s="18" customFormat="1" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:15" s="18" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A105" s="25"/>
       <c r="B105" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C105" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D105" s="26" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
       <c r="E105" s="26" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F105" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G105" s="26" t="s">
         <v>121</v>
       </c>
       <c r="H105" s="19"/>
       <c r="K105" s="26"/>
       <c r="L105" s="18" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="M105" s="18" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="N105" s="28"/>
       <c r="O105" s="25"/>
     </row>
     <row r="106" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A106" s="25"/>
       <c r="B106" s="39" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C106" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D106" s="26" t="s">
         <v>133</v>
       </c>
       <c r="E106" s="29" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F106" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G106" s="26" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="H106" s="19"/>
       <c r="K106" s="30" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="L106" s="18" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="M106" s="18" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="N106" s="28"/>
       <c r="O106" s="25"/>
     </row>
     <row r="107" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A107" s="24" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="B107" s="36"/>
       <c r="C107" s="36"/>
       <c r="D107" s="24"/>
       <c r="E107" s="46"/>
       <c r="F107" s="118"/>
       <c r="G107" s="118"/>
       <c r="H107" s="118"/>
       <c r="I107" s="118"/>
       <c r="J107" s="118"/>
       <c r="K107" s="118"/>
       <c r="L107" s="24"/>
       <c r="M107" s="24"/>
     </row>
-    <row r="108" spans="1:15" s="23" customFormat="1" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:15" s="23" customFormat="1" ht="16.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A108" s="25"/>
       <c r="B108" s="37"/>
       <c r="C108" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D108" s="25" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="E108" s="26" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="F108" s="25" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G108" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H108" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I108" s="25"/>
       <c r="J108" s="25"/>
       <c r="K108" s="25" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
       <c r="L108" s="25" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="M108" s="25" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="109" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="A109" s="25"/>
       <c r="B109" s="37"/>
       <c r="C109" s="38" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D109" s="25" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="E109" s="26" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="F109" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G109" s="19" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="H109" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I109" s="18">
         <v>0</v>
       </c>
       <c r="J109" s="18">
         <v>99</v>
       </c>
       <c r="K109" s="26" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="L109" s="19" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="M109" s="26" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="N109" s="25"/>
       <c r="O109" s="25"/>
     </row>
     <row r="110" spans="1:15" s="18" customFormat="1" ht="161" x14ac:dyDescent="0.35">
       <c r="A110" s="25"/>
       <c r="B110" s="37"/>
       <c r="C110" s="37" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D110" s="25" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="E110" s="26" t="s">
         <v>25</v>
       </c>
       <c r="F110" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G110" s="19" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="H110" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I110" s="18">
         <v>0</v>
       </c>
       <c r="J110" s="18">
         <v>20</v>
       </c>
       <c r="K110" s="26" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="L110" s="25" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="M110" s="25" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="N110" s="25"/>
       <c r="O110" s="25"/>
     </row>
     <row r="111" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A111" s="24" t="s">
         <v>159</v>
       </c>
       <c r="B111" s="36"/>
       <c r="C111" s="36"/>
       <c r="D111" s="24"/>
       <c r="E111" s="46"/>
       <c r="F111" s="118"/>
       <c r="G111" s="118"/>
       <c r="H111" s="118"/>
       <c r="I111" s="118"/>
       <c r="J111" s="118"/>
       <c r="K111" s="118"/>
       <c r="L111" s="24"/>
       <c r="M111" s="24"/>
     </row>
     <row r="112" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B112" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C112" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
       <c r="E112" s="19" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="F112" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G112" s="19"/>
       <c r="H112" s="19" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="K112" s="19" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
     </row>
     <row r="113" spans="2:11" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B113" s="44" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C113" s="34" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D113" s="18" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="E113" s="19" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="F113" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G113" s="19"/>
       <c r="H113" s="19" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="K113" s="19" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="F111:K111"/>
     <mergeCell ref="F107:K107"/>
     <mergeCell ref="F28:K28"/>
     <mergeCell ref="F38:K38"/>
     <mergeCell ref="F7:K7"/>
     <mergeCell ref="F30:K30"/>
     <mergeCell ref="F103:K103"/>
     <mergeCell ref="F25:K25"/>
     <mergeCell ref="F93:K93"/>
     <mergeCell ref="F63:K63"/>
     <mergeCell ref="F85:K85"/>
     <mergeCell ref="F81:K81"/>
     <mergeCell ref="F55:K55"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="K106" r:id="rId1" display="https://www.vektis.nl/standaardisatie/codelijsten/COD016-VEKT" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:C61"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="49" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.54296875" style="9" customWidth="1"/>
     <col min="2" max="2" width="49" style="9"/>
     <col min="3" max="3" width="49" style="59"/>
     <col min="4" max="16384" width="49" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="B2" s="9" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="9" t="s">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="B7" s="9" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="C8" s="60"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="C16" s="60"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="C17" s="61"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>1035</v>
+        <v>1030</v>
       </c>
       <c r="C18" s="9"/>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="9" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="9" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="C27" s="61"/>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="9" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="9" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="9" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="9" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="9" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" s="62" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A37" s="9" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" s="9" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" s="9" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="9" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A41" s="9" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="B42" s="9" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A43" s="9" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="B43" s="9" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="C43" s="61"/>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A45" s="9" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="B45" s="9" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A46" s="9" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A47" s="9" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="B47" s="9" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A48" s="9" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="B48" s="9" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A49" s="9" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="B49" s="9" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A50" s="9" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="B50" s="9" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A51" s="62">
         <v>18009301</v>
       </c>
       <c r="B51" s="9" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A52" s="62">
         <v>18009304</v>
       </c>
       <c r="B52" s="9" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A53" s="62">
         <v>18009306</v>
       </c>
       <c r="B53" s="9" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A54" s="62">
         <v>18009306</v>
       </c>
       <c r="B54" s="9" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="62">
         <v>22220069</v>
       </c>
       <c r="B55" s="9" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="62">
         <v>22220069</v>
       </c>
       <c r="B56" s="9" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="62">
         <v>22220069</v>
       </c>
       <c r="B57" s="9" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A58" s="62">
         <v>22220069</v>
       </c>
       <c r="B58" s="9" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A59" s="62">
         <v>22220069</v>
       </c>
       <c r="B59" s="63" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="C59" s="63" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A60" s="62">
         <v>22220288</v>
       </c>
       <c r="B60" s="9" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" s="62">
         <v>22220435</v>
       </c>
       <c r="B61" s="9" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF2FB927-36BA-4A6B-97F9-32B8D37517EB}">
-  <dimension ref="A1:C24"/>
+  <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F30" sqref="F30"/>
+      <selection pane="bottomLeft" activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.36328125" style="9" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="8.6328125" style="9"/>
+    <col min="1" max="1" width="11.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="32.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.54296875" style="9"/>
+    <col min="5" max="5" width="13.1796875" style="9" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.54296875" style="9" customWidth="1"/>
+    <col min="7" max="7" width="38.7265625" style="9" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.54296875" style="9" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="43" style="9" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="65.54296875" style="9" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.54296875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="26" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>165</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C2" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="9" t="s">
-        <v>1198</v>
-[...2 lines deleted...]
-        <v>1015</v>
+        <v>1193</v>
+      </c>
+      <c r="B3" s="119" t="s">
+        <v>1010</v>
       </c>
       <c r="C3" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="92" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="B4" s="92" t="s">
-        <v>1015</v>
+        <v>1010</v>
       </c>
       <c r="C4" s="94" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="B5" s="9" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B5" s="119" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
-        <v>1017</v>
-[...1 lines deleted...]
-      <c r="B6" s="9" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B6" s="119" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>1013</v>
+      </c>
+      <c r="B7" s="119" t="s">
+        <v>224</v>
       </c>
       <c r="C7" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A8" s="116" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B8" s="116" t="s">
+        <v>224</v>
+      </c>
+      <c r="C8" s="117" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A9" s="116" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B9" s="116" t="s">
+        <v>224</v>
+      </c>
+      <c r="C9" s="117" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="116" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="B10" s="116" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="C10" s="117" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A11" s="92" t="s">
-[...6 lines deleted...]
-        <v>1195</v>
+      <c r="A11" s="9" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B11" s="119" t="s">
+        <v>225</v>
+      </c>
+      <c r="C11" s="93" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>1022</v>
+        <v>1191</v>
+      </c>
+      <c r="B12" s="119" t="s">
+        <v>17</v>
       </c>
       <c r="C12" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A13" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A13" s="116" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B13" s="116" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="117" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A14" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A14" s="92" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B14" s="92" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="95" t="s">
+        <v>1190</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A15" s="116" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A15" s="9" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B15" s="119" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C15" s="93" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
-        <v>1027</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>1018</v>
+      </c>
+      <c r="B16" s="119" t="s">
+        <v>1019</v>
       </c>
       <c r="C16" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A17" s="116" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A17" s="9" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B17" s="119" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C17" s="93" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A18" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A18" s="116" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B18" s="116" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C18" s="117" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>1030</v>
+        <v>1022</v>
+      </c>
+      <c r="B19" s="119" t="s">
+        <v>129</v>
       </c>
       <c r="C19" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A20" s="116" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B20" s="116" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" s="117" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>1023</v>
+      </c>
+      <c r="B21" s="119" t="s">
+        <v>130</v>
       </c>
       <c r="C21" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
-        <v>1400</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>1024</v>
+      </c>
+      <c r="B22" s="119" t="s">
+        <v>1025</v>
       </c>
       <c r="C22" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>1026</v>
+      </c>
+      <c r="B23" s="119" t="s">
+        <v>1027</v>
       </c>
       <c r="C23" s="93" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A24" s="9" t="s">
-[...6 lines deleted...]
-        <v>1197</v>
+      <c r="A24" s="116" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B24" s="116" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C24" s="117" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C25" s="93" t="s">
+        <v>1192</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:C25" xr:uid="{EF2FB927-36BA-4A6B-97F9-32B8D37517EB}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="16.36328125" customWidth="1"/>
-    <col min="2" max="2" width="46.6328125" customWidth="1"/>
+    <col min="1" max="1" width="16.453125" customWidth="1"/>
+    <col min="2" max="2" width="46.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" s="9">
         <v>449868002</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" s="9">
         <v>230059006</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" s="9">
         <v>43381005</v>
       </c>
@@ -9765,4155 +9807,4155 @@
       <c r="A7" s="9">
         <v>266919005</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D290"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.36328125" style="9" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="30.6328125" style="9" customWidth="1"/>
+    <col min="1" max="1" width="11.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="38.54296875" style="9" customWidth="1"/>
+    <col min="3" max="3" width="30.54296875" style="9" customWidth="1"/>
     <col min="4" max="4" width="32" style="9" customWidth="1"/>
-    <col min="5" max="16384" width="9.36328125" style="9"/>
+    <col min="5" max="16384" width="9.453125" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B1" s="5" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C1" s="5" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D1" s="5" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>134</v>
       </c>
       <c r="C2" s="9" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D2" s="9" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="9" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>134</v>
       </c>
       <c r="C3" s="9" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D3" s="9" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>134</v>
       </c>
       <c r="C4" s="9" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D4" s="9" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C5" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C6" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D6" s="9" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C10" s="9" t="s">
+        <v>291</v>
+      </c>
+      <c r="D10" s="9" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C22" s="9" t="s">
+        <v>308</v>
+      </c>
+      <c r="D22" s="9" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="9" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="9" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="9" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="9" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="9" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="9" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="9" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="9" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="9" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="9" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="9" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="9" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="9" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="9" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="9" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="9" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="9" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C47" s="9" t="s">
+        <v>350</v>
+      </c>
+      <c r="D47" s="9" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="9" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D48" s="9" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="9" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="9" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="9" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="9" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D52" s="9" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="9" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="9" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="9" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C55" s="9" t="s">
+        <v>363</v>
+      </c>
+      <c r="D55" s="9" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="9" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D56" s="9" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="9" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="9" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="9" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="9" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D60" s="9" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="9" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="9" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="9" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D64" s="9" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="9" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="9" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" s="9" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="9" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" s="9" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" s="9" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="9" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D71" s="9" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" s="9" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" s="9" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" s="9" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" s="9" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" s="9" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D76" s="9" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="9" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D77" s="9" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="9" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="9" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D79" s="9" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" s="9" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D80" s="9" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" s="9" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D81" s="9" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" s="9" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="9" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="9" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C84" s="9" t="s">
+        <v>414</v>
+      </c>
+      <c r="D84" s="9" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="9" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" s="9" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" s="9" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D87" s="9" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" s="9" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D88" s="9" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" s="9" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="B89" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D89" s="9" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" s="9" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B90" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C90" s="9" t="s">
+        <v>423</v>
+      </c>
+      <c r="D90" s="9" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" s="9" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="B91" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D91" s="9" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" s="9" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D92" s="9" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" s="9" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D93" s="9" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" s="9" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D94" s="9" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" s="9" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B95" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" s="9" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B96" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" s="9" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B97" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D97" s="9" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="9" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B98" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" s="9" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B99" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D99" s="9" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="9" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="B100" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D100" s="9" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" s="9" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="B101" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D101" s="9" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" s="9" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" s="9" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D103" s="9" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" s="9" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B104" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D104" s="9" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="9" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="B105" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" s="9" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="B106" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" s="9" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B107" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D107" s="9" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" s="9" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="B108" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D108" s="9" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" s="9" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="B109" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="9" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="B110" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C110" s="9" t="s">
+        <v>446</v>
+      </c>
+      <c r="D110" s="9" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="9" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B111" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" s="9" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B112" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" s="9" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B113" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" s="9" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="B114" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D114" s="9" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" s="9" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B115" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" s="9" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B116" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D116" s="9" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" s="9" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="B117" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" s="9" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="B118" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" s="9" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B119" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D119" s="9" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" s="9" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="B120" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D120" s="9" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" s="9" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="B121" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" s="9" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B122" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D122" s="9" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" s="9" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="B123" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D123" s="9" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" s="9" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="B124" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" s="9" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="B125" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" s="9" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="B126" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" s="9" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B127" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D127" s="9" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" s="9" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="B128" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D128" s="9" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" s="9" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="B129" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" s="9" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B130" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" s="9" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="B131" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" s="9" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B132" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" s="9" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="B133" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" s="9" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="B134" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" s="9" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="B135" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C135" s="9" t="s">
+        <v>472</v>
+      </c>
+      <c r="D135" s="9" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" s="9" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="B136" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" s="9" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="B137" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" s="9" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="B138" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" s="9" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B139" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" s="9" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="B140" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" s="9" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B141" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" s="9" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B142" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" s="9" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="B143" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" s="9" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B144" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D144" s="9" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" s="9" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="B145" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D145" s="9" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" s="9" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B146" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D146" s="9" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" s="9" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="B147" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D147" s="9" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" s="9" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B148" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" s="9" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="B149" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" s="9" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B150" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" s="9" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="B151" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" s="9" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="B152" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" s="9" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="B153" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" s="9" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B154" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" s="9" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="B155" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" s="9" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="B156" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" s="9" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="B157" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" s="9" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="B158" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" s="9" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="B159" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C159" s="9" t="s">
+        <v>498</v>
+      </c>
+      <c r="D159" s="9" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" s="9" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="B160" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D160" s="9" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" s="9" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="B161" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D161" s="9" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" s="9" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B162" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" s="9" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="B163" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D163" s="9" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" s="9" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="B164" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D164" s="9" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" s="9" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="B165" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" s="9" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="B166" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="D166" s="9" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" s="9" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B167" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D167" s="9" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" s="9" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B168" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D168" s="9" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" s="9" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="B169" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" s="9" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="B170" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D170" s="9" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" s="9" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="B171" s="9" t="s">
+        <v>513</v>
+      </c>
+      <c r="C171" s="9" t="s">
+        <v>514</v>
+      </c>
+      <c r="D171" s="9" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" s="9" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="B172" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C172" s="9" t="s">
+        <v>514</v>
+      </c>
+      <c r="D172" s="9" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" s="9" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B173" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D173" s="9" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" s="9" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="B174" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D174" s="9" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" s="9" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="B175" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C175" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D175" s="9" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" s="9" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B176" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D176" s="9" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" s="9" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="B177" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
     </row>
     <row r="178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A178" s="9" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="B178" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
     </row>
     <row r="179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" s="9" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B179" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C179" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D179" s="9" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
     </row>
     <row r="180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" s="9" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="B180" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C180" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D180" s="9" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
     </row>
     <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" s="9" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B181" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C181" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" s="9" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="B182" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" s="9" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="B183" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D183" s="9" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" s="9" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="B184" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D184" s="9" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A185" s="9" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="B185" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C185" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
     </row>
     <row r="186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A186" s="9" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="B186" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A187" s="9" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="B187" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D187" s="9" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
     </row>
     <row r="188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A188" s="9" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="B188" s="9" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D188" s="9" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
     </row>
     <row r="189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" s="9" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="B189" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C189" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D189" s="9" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" s="9" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="B190" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C190" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D190" s="9" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" s="9" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B191" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C191" s="9" t="s">
+        <v>539</v>
+      </c>
+      <c r="D191" s="9" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" s="9" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="B192" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C192" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D192" s="9" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" s="9" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B193" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C193" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" s="9" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="B194" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C194" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D194" s="9" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A195" s="9" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="B195" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C195" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D195" s="9" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
     </row>
     <row r="196" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A196" s="9" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B196" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C196" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D196" s="9" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
     </row>
     <row r="197" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A197" s="9" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B197" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C197" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D197" s="9" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
     </row>
     <row r="198" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A198" s="9" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="B198" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C198" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D198" s="9" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
     </row>
     <row r="199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A199" s="9" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B199" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C199" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D199" s="9" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
     </row>
     <row r="200" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A200" s="9" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="B200" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C200" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D200" s="9" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="201" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A201" s="9" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="B201" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C201" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D201" s="9" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
     </row>
     <row r="202" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A202" s="9" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B202" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C202" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D202" s="9" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
     </row>
     <row r="203" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A203" s="9" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="B203" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C203" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D203" s="9" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
     </row>
     <row r="204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A204" s="9" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="B204" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C204" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
     </row>
     <row r="205" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A205" s="9" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="B205" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C205" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
     </row>
     <row r="206" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A206" s="9" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="B206" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C206" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D206" s="9" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
     </row>
     <row r="207" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A207" s="9" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="B207" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C207" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D207" s="9" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
     </row>
     <row r="208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A208" s="9" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="B208" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C208" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D208" s="9" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
     </row>
     <row r="209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A209" s="9" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="B209" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C209" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D209" s="9" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
     </row>
     <row r="210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A210" s="9" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B210" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C210" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D210" s="9" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
     </row>
     <row r="211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A211" s="9" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="B211" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C211" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D211" s="9" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
     </row>
     <row r="212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" s="9" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B212" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C212" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D212" s="9" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
     </row>
     <row r="213" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A213" s="9" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="B213" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
     </row>
     <row r="214" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A214" s="9" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B214" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C214" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D214" s="9" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
     </row>
     <row r="215" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A215" s="9" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="B215" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C215" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D215" s="9" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
     </row>
     <row r="216" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A216" s="9" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="B216" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C216" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D216" s="9" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
     </row>
     <row r="217" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A217" s="9" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="B217" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C217" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D217" s="9" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
     </row>
     <row r="218" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A218" s="9" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B218" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C218" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D218" s="9" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
     </row>
     <row r="219" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A219" s="9" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B219" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C219" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D219" s="9" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
     </row>
     <row r="220" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A220" s="9" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="B220" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C220" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D220" s="9" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
     </row>
     <row r="221" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A221" s="9" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B221" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C221" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D221" s="9" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
     </row>
     <row r="222" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A222" s="9" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="B222" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C222" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D222" s="9" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
     </row>
     <row r="223" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A223" s="9" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="B223" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C223" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D223" s="9" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
     </row>
     <row r="224" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A224" s="9" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="B224" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C224" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D224" s="9" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
     </row>
     <row r="225" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A225" s="9" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="B225" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C225" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D225" s="9" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
     </row>
     <row r="226" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A226" s="9" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="B226" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C226" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D226" s="9" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
     </row>
     <row r="227" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A227" s="9" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="B227" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C227" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D227" s="9" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
     </row>
     <row r="228" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A228" s="9" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="B228" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C228" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D228" s="9" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
     </row>
     <row r="229" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A229" s="9" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="B229" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C229" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D229" s="9" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
     </row>
     <row r="230" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A230" s="9" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="B230" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C230" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D230" s="9" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
     </row>
     <row r="231" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A231" s="9" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="B231" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C231" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
     </row>
     <row r="232" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A232" s="9" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="B232" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C232" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D232" s="9" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
     </row>
     <row r="233" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A233" s="9" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="B233" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C233" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D233" s="9" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
     </row>
     <row r="234" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A234" s="9" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="B234" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C234" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D234" s="9" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
     </row>
     <row r="235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A235" s="9" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="B235" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C235" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D235" s="9" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
     </row>
     <row r="236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A236" s="9" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="B236" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C236" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D236" s="9" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
     </row>
     <row r="237" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A237" s="9" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="B237" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C237" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D237" s="9" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
     </row>
     <row r="238" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A238" s="9" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="B238" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C238" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D238" s="9" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
     </row>
     <row r="239" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A239" s="9" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="B239" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C239" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D239" s="9" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
     </row>
     <row r="240" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A240" s="9" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="B240" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C240" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D240" s="9" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
     </row>
     <row r="241" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A241" s="9" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="B241" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C241" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D241" s="9" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
     </row>
     <row r="242" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A242" s="9" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="B242" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C242" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D242" s="9" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
     </row>
     <row r="243" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A243" s="9" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="B243" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C243" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D243" s="9" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
     </row>
     <row r="244" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A244" s="9" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="B244" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C244" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D244" s="9" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
     </row>
     <row r="245" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A245" s="9" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="B245" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C245" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D245" s="9" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
     </row>
     <row r="246" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A246" s="9" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="B246" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C246" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D246" s="9" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
     </row>
     <row r="247" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A247" s="9" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="B247" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C247" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D247" s="9" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
     </row>
     <row r="248" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A248" s="9" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="B248" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C248" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D248" s="9" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
     </row>
     <row r="249" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A249" s="9" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="B249" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C249" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D249" s="9" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
     </row>
     <row r="250" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A250" s="9" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="B250" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C250" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D250" s="9" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
     </row>
     <row r="251" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A251" s="9" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="B251" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C251" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D251" s="9" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
     </row>
     <row r="252" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A252" s="9" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="B252" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C252" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D252" s="9" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
     </row>
     <row r="253" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A253" s="9" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="B253" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C253" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D253" s="9" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="254" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A254" s="9" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="B254" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C254" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D254" s="9" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
     </row>
     <row r="255" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A255" s="9" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="B255" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C255" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D255" s="9" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
     </row>
     <row r="256" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A256" s="9" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="B256" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C256" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D256" s="9" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
     </row>
     <row r="257" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A257" s="9" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="B257" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C257" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D257" s="9" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
     </row>
     <row r="258" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A258" s="9" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="B258" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C258" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D258" s="9" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
     </row>
     <row r="259" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A259" s="9" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="B259" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C259" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D259" s="9" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
     </row>
     <row r="260" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A260" s="9" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="B260" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C260" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D260" s="9" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
     </row>
     <row r="261" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A261" s="9" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="B261" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C261" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D261" s="9" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
     </row>
     <row r="262" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A262" s="9" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="B262" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C262" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D262" s="9" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
     </row>
     <row r="263" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A263" s="9" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="B263" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C263" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D263" s="9" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
     </row>
     <row r="264" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A264" s="9" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="B264" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C264" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D264" s="9" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
     </row>
     <row r="265" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A265" s="9" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="B265" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C265" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D265" s="9" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
     </row>
     <row r="266" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A266" s="9" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="B266" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C266" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D266" s="9" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
     </row>
     <row r="267" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A267" s="9" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="B267" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C267" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D267" s="9" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
     </row>
     <row r="268" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A268" s="9" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="B268" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C268" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D268" s="9" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
     </row>
     <row r="269" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A269" s="9" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="B269" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C269" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D269" s="9" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
     </row>
     <row r="270" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A270" s="9" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="B270" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C270" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D270" s="9" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
     </row>
     <row r="271" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A271" s="9" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="B271" s="9" t="s">
         <v>146</v>
       </c>
       <c r="C271" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D271" s="9" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
     </row>
     <row r="272" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A272" s="9" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="B272" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C272" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D272" s="9" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
     </row>
     <row r="273" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A273" s="9" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="B273" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C273" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D273" s="9" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
     </row>
     <row r="274" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A274" s="9" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="B274" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C274" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D274" s="9" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
     </row>
     <row r="275" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A275" s="9" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="B275" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C275" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D275" s="9" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
     </row>
     <row r="276" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A276" s="9" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="B276" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C276" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D276" s="9" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
     </row>
     <row r="277" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A277" s="9" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="B277" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C277" s="9" t="s">
+        <v>706</v>
+      </c>
+      <c r="D277" s="9" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="278" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A278" s="9" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="B278" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C278" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D278" s="9" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
     </row>
     <row r="279" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A279" s="9" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="B279" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C279" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D279" s="9" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
     </row>
     <row r="280" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A280" s="9" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="B280" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C280" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D280" s="9" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
     </row>
     <row r="281" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A281" s="9" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="B281" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C281" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D281" s="9" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
     </row>
     <row r="282" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A282" s="9" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="B282" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C282" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="D282" s="9" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
     </row>
     <row r="283" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A283" s="9" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="B283" s="9" t="s">
         <v>147</v>
       </c>
       <c r="C283" s="9" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="D283" s="9" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
     </row>
     <row r="284" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A284" s="9" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="B284" s="9" t="s">
         <v>147</v>
       </c>
       <c r="C284" s="9" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="D284" s="9" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
     </row>
     <row r="285" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A285" s="9" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="B285" s="9" t="s">
         <v>147</v>
       </c>
       <c r="C285" s="9" t="s">
+        <v>718</v>
+      </c>
+      <c r="D285" s="9" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="286" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A286" s="9" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="B286" s="9" t="s">
         <v>147</v>
       </c>
       <c r="C286" s="9" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="D286" s="9" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
     </row>
     <row r="287" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A287" s="9" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="B287" s="9" t="s">
         <v>149</v>
       </c>
       <c r="C287" s="9" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="D287" s="9" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
     </row>
     <row r="288" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A288" s="9" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="B288" s="9" t="s">
         <v>149</v>
       </c>
       <c r="C288" s="9" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="D288" s="9" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
     </row>
     <row r="289" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A289" s="9" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="B289" s="9" t="s">
         <v>149</v>
       </c>
       <c r="C289" s="9" t="s">
+        <v>727</v>
+      </c>
+      <c r="D289" s="9" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="290" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A290" s="9" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="B290" s="9" t="s">
         <v>149</v>
       </c>
       <c r="C290" s="9" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="D290" s="9" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.6328125" style="6" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.54296875" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.54296875" style="6" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="31.6328125" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="16384" width="9.36328125" style="6"/>
+    <col min="3" max="3" width="31.54296875" style="6" customWidth="1"/>
+    <col min="4" max="4" width="41.54296875" style="6" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="39" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="16" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
         <v>1</v>
       </c>
       <c r="B3" s="6">
         <v>69145</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
         <v>2</v>
       </c>
@@ -13921,1069 +13963,1069 @@
         <v>69146</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>3</v>
       </c>
       <c r="B5" s="6">
         <v>73936</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
         <v>4</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.36328125" style="9" customWidth="1"/>
+    <col min="1" max="1" width="17.453125" style="9" customWidth="1"/>
     <col min="2" max="2" width="10.453125" style="9" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="77.6328125" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="16384" width="9.36328125" style="9"/>
+    <col min="3" max="3" width="77.54296875" style="9" customWidth="1"/>
+    <col min="4" max="4" width="17.453125" style="57" customWidth="1"/>
+    <col min="5" max="16384" width="9.453125" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>215</v>
       </c>
       <c r="D1" s="53" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A2" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B2" s="16"/>
       <c r="D2" s="54"/>
     </row>
     <row r="3" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
         <v>69145</v>
       </c>
       <c r="B3" s="7">
         <v>1</v>
       </c>
       <c r="C3" s="6" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="D3" s="55" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
     </row>
     <row r="4" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
         <v>69146</v>
       </c>
       <c r="B4" s="7">
         <v>2</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="D4" s="56" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
     </row>
     <row r="5" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>73936</v>
       </c>
       <c r="B5" s="7">
         <v>3</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D5" s="56" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
     </row>
     <row r="6" spans="1:4" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A6" s="58">
         <v>69155</v>
       </c>
       <c r="B6" s="90">
         <v>8</v>
       </c>
       <c r="C6" s="58" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="D6" s="56" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
     </row>
     <row r="7" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6">
         <v>73822</v>
       </c>
       <c r="B7" s="7">
         <v>9</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="D7" s="54">
         <v>175853000</v>
       </c>
     </row>
     <row r="8" spans="1:4" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A8" s="16" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="B8" s="16"/>
       <c r="D8" s="54"/>
     </row>
     <row r="9" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6">
         <v>69135</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="D9" s="54" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>69136</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D10" s="54" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
     </row>
     <row r="11" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
         <v>93684</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D11" s="54">
         <v>180273006</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="13" x14ac:dyDescent="0.25">
       <c r="A12" s="51" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="B12" s="51"/>
       <c r="C12" s="47"/>
       <c r="D12" s="48"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="48">
         <v>74948</v>
       </c>
       <c r="B13" s="48"/>
       <c r="C13" s="47" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="D13" s="52" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="48">
         <v>74949</v>
       </c>
       <c r="B14" s="48"/>
       <c r="C14" s="47" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="D14" s="52" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="48">
         <v>75033</v>
       </c>
       <c r="B15" s="48"/>
       <c r="C15" s="47" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="D15" s="52" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="13" x14ac:dyDescent="0.25">
       <c r="A16" s="51" t="s">
         <v>151</v>
       </c>
       <c r="B16" s="51"/>
       <c r="C16" s="47"/>
       <c r="D16" s="48"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="49">
         <v>74411</v>
       </c>
       <c r="B17" s="49"/>
       <c r="C17" s="50" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="D17" s="52" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="49">
         <v>74412</v>
       </c>
       <c r="B18" s="49"/>
       <c r="C18" s="50" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="D18" s="52" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="49">
         <v>74413</v>
       </c>
       <c r="B19" s="49"/>
       <c r="C19" s="50" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="D19" s="52" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="49">
         <v>74414</v>
       </c>
       <c r="B20" s="49"/>
       <c r="C20" s="50" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="D20" s="48">
         <v>397431004</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="49">
         <v>74415</v>
       </c>
       <c r="B21" s="49"/>
       <c r="C21" s="50" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="D21" s="52" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="49">
         <v>74416</v>
       </c>
       <c r="B22" s="49"/>
       <c r="C22" s="50" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="D22" s="52" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="49">
         <v>74417</v>
       </c>
       <c r="B23" s="49"/>
       <c r="C23" s="50" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="D23" s="52" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="49">
         <v>74418</v>
       </c>
       <c r="B24" s="49"/>
       <c r="C24" s="50" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="D24" s="52" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="49">
         <v>74419</v>
       </c>
       <c r="B25" s="49"/>
       <c r="C25" s="50" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="D25" s="52" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="49">
         <v>74420</v>
       </c>
       <c r="B26" s="49"/>
       <c r="C26" s="50" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="D26" s="52" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="49">
         <v>74421</v>
       </c>
       <c r="B27" s="49"/>
       <c r="C27" s="50" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="D27" s="52" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="49">
         <v>74422</v>
       </c>
       <c r="B28" s="49"/>
       <c r="C28" s="50" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="D28" s="52" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="49">
         <v>74423</v>
       </c>
       <c r="B29" s="49"/>
       <c r="C29" s="50" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D29" s="52" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="49">
         <v>74424</v>
       </c>
       <c r="B30" s="49"/>
       <c r="C30" s="50" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="D30" s="48">
         <v>713617008</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="49">
         <v>74425</v>
       </c>
       <c r="B31" s="49"/>
       <c r="C31" s="50" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="D31" s="48">
         <v>175066001</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="49">
         <v>74429</v>
       </c>
       <c r="B32" s="49"/>
       <c r="C32" s="50" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="D32" s="48">
         <v>414089002</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="49">
         <v>74430</v>
       </c>
       <c r="B33" s="49"/>
       <c r="C33" s="50" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="D33" s="52" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="49">
         <v>95499</v>
       </c>
       <c r="B34" s="49"/>
       <c r="C34" s="50" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="D34" s="48" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="49">
         <v>95500</v>
       </c>
       <c r="B35" s="49"/>
       <c r="C35" s="50" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="D35" s="48" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="49">
         <v>95501</v>
       </c>
       <c r="B36" s="49"/>
       <c r="C36" s="50" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="D36" s="48" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="13" x14ac:dyDescent="0.25">
       <c r="A37" s="51" t="s">
         <v>152</v>
       </c>
       <c r="B37" s="51"/>
       <c r="C37" s="50"/>
       <c r="D37" s="48"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="49">
         <v>89676</v>
       </c>
       <c r="B38" s="49"/>
       <c r="C38" s="50" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="D38" s="52" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="49">
         <v>89677</v>
       </c>
       <c r="B39" s="49"/>
       <c r="C39" s="50" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="D39" s="52" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="13" x14ac:dyDescent="0.25">
       <c r="A40" s="51" t="s">
         <v>153</v>
       </c>
       <c r="B40" s="51"/>
       <c r="C40" s="50"/>
       <c r="D40" s="48"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="49">
         <v>69088</v>
       </c>
       <c r="B41" s="49"/>
       <c r="C41" s="50" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="D41" s="48">
         <v>708872002</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="49">
         <v>68884</v>
       </c>
       <c r="B42" s="49"/>
       <c r="C42" s="50" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="D42" s="52" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="49">
         <v>68885</v>
       </c>
       <c r="B43" s="49"/>
       <c r="C43" s="50" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="D43" s="52" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="49">
         <v>68886</v>
       </c>
       <c r="B44" s="49"/>
       <c r="C44" s="50" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="D44" s="52" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="49">
         <v>68888</v>
       </c>
       <c r="B45" s="49"/>
       <c r="C45" s="50" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="D45" s="52" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="49">
         <v>68889</v>
       </c>
       <c r="B46" s="49"/>
       <c r="C46" s="50" t="s">
-        <v>793</v>
+        <v>788</v>
       </c>
       <c r="D46" s="52" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="49">
         <v>68890</v>
       </c>
       <c r="B47" s="49"/>
       <c r="C47" s="50" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="D47" s="48">
         <v>87577006</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="49">
         <v>68917</v>
       </c>
       <c r="B48" s="49"/>
       <c r="C48" s="50" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="D48" s="48">
         <v>713155002</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="49">
         <v>69087</v>
       </c>
       <c r="B49" s="49"/>
       <c r="C49" s="50" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="D49" s="48">
         <v>708874001</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="49">
         <v>69090</v>
       </c>
       <c r="B50" s="49"/>
       <c r="C50" s="50" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="D50" s="48">
         <v>8990000</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="49">
         <v>69116</v>
       </c>
       <c r="B51" s="49"/>
       <c r="C51" s="50" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="D51" s="52" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="49">
         <v>74033</v>
       </c>
       <c r="B52" s="49"/>
       <c r="C52" s="50" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="D52" s="48" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="49">
         <v>74525</v>
       </c>
       <c r="B53" s="49"/>
       <c r="C53" s="50" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="D53" s="48">
         <v>175454003</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="49">
         <v>89663</v>
       </c>
       <c r="B54" s="49"/>
       <c r="C54" s="50" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="D54" s="52" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="49">
         <v>89666</v>
       </c>
       <c r="B55" s="49"/>
       <c r="C55" s="50" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="D55" s="52" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="49">
         <v>74524</v>
       </c>
       <c r="B56" s="49"/>
       <c r="C56" s="50" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="D56" s="48">
         <v>431434002</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A78BF41C-0F09-47D1-8B1A-5199BAE5BE3A}">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="13.6328125" customWidth="1"/>
+    <col min="1" max="1" width="13.54296875" customWidth="1"/>
     <col min="2" max="2" width="62" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="87" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="84" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" s="86" t="s">
-        <v>1156</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" s="9" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" s="9" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="B7" s="9" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" s="9" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" s="9" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="9" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A14" s="9" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A15" s="9" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A16" s="9" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A17" s="9" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A18" s="9" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A19" s="9" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>1122</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A20" s="9" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A21" s="9" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A22" s="9" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A26" s="9" t="s">
-        <v>1135</v>
+        <v>1130</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>1136</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A28" s="9" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>1140</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
-        <v>1141</v>
+        <v>1136</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>1142</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A30" s="9" t="s">
-        <v>1143</v>
+        <v>1138</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>1144</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A31" s="9" t="s">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A32" s="9" t="s">
-        <v>1147</v>
+        <v>1142</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A33" s="9" t="s">
-        <v>1149</v>
+        <v>1144</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>1150</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A34" s="9" t="s">
-        <v>1151</v>
+        <v>1146</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A35" s="9" t="s">
-        <v>1153</v>
+        <v>1148</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>1154</v>
+        <v>1149</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{3D3A7F88-DF76-4354-B822-16C6BEA04453}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
-    <col min="2" max="2" width="41.6328125" customWidth="1"/>
+    <col min="2" max="2" width="41.54296875" customWidth="1"/>
     <col min="3" max="3" width="22.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="6" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>215</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2" spans="1:3" s="6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="6">
         <v>93382</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C3" s="13" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
     </row>
     <row r="4" spans="1:3" s="6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="12"/>
       <c r="C4" s="12"/>
     </row>
     <row r="5" spans="1:3" s="6" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>6263</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="14">
         <v>48661000</v>
       </c>
     </row>
     <row r="6" spans="1:3" s="6" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
         <v>6256</v>
       </c>
       <c r="B6" s="6" t="s">
@@ -15011,367 +15053,383 @@
       <c r="B8" s="6" t="s">
         <v>214</v>
       </c>
       <c r="C8" s="14">
         <v>11836002</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7FDE375-B869-488D-BB4A-74A148133D3E}">
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C48" sqref="C48"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.90625" style="9" customWidth="1"/>
+    <col min="1" max="1" width="5.81640625" style="9" customWidth="1"/>
     <col min="2" max="2" width="22.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="100" style="106" customWidth="1"/>
-    <col min="4" max="16384" width="8.90625" style="9"/>
+    <col min="4" max="16384" width="8.81640625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="105" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A4" s="108">
         <v>1</v>
       </c>
       <c r="B4" s="106" t="s">
-        <v>1382</v>
+        <v>1377</v>
       </c>
       <c r="C4" s="107" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A5" s="108">
         <v>2</v>
       </c>
       <c r="B5" s="106" t="s">
-        <v>1383</v>
+        <v>1378</v>
       </c>
       <c r="C5" s="107" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A6" s="108">
         <v>3</v>
       </c>
       <c r="B6" s="106" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
       <c r="C6" s="107" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A7" s="108">
         <v>4</v>
       </c>
       <c r="B7" s="106" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
       <c r="C7" s="107" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A8" s="108">
         <v>5</v>
       </c>
       <c r="B8" s="106" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="C8" s="107" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A9" s="108">
         <v>6</v>
       </c>
       <c r="B9" s="106" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
       <c r="C9" s="107" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A10" s="108">
         <v>7</v>
       </c>
       <c r="B10" s="106" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="C10" s="107" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A11" s="108">
         <v>8</v>
       </c>
       <c r="B11" s="106" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
       <c r="C11" s="107" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A12" s="108">
         <v>9</v>
       </c>
       <c r="B12" s="106" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="C12" s="107" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D98"/>
   <sheetViews>
-    <sheetView topLeftCell="D1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane ySplit="3" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D13" sqref="D13"/>
+      <selection pane="bottomLeft" activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="16.453125" customWidth="1"/>
     <col min="3" max="3" width="13.54296875" customWidth="1"/>
-    <col min="4" max="4" width="109.36328125" style="66" customWidth="1"/>
+    <col min="4" max="4" width="109.453125" style="66" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.4">
       <c r="A1" s="8" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="18" x14ac:dyDescent="0.4">
       <c r="A2" s="8"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="64" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="B4" s="64" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C4" s="65">
         <v>44061</v>
       </c>
       <c r="D4" s="27" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" s="64" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="B5" s="64" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C5" s="65">
         <v>45033</v>
       </c>
       <c r="D5" s="27" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" s="64" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="B6" s="64" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C6" s="65">
         <v>45047</v>
       </c>
       <c r="D6" s="27" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A7" s="64" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="B7" s="64" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C7" s="65">
         <v>45063</v>
       </c>
       <c r="D7" s="27" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="64" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="B8" s="64" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C8" s="65">
         <v>45131</v>
       </c>
       <c r="D8" s="27" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A9" s="64" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="B9" s="64" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C9" s="65">
         <v>45197</v>
       </c>
       <c r="D9" s="27" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="93" x14ac:dyDescent="0.35">
       <c r="A10" s="64" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="B10" s="27" t="s">
-        <v>1178</v>
+        <v>1173</v>
       </c>
       <c r="C10" s="65">
         <v>45414</v>
       </c>
       <c r="D10" s="27" t="s">
-        <v>1189</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="241.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="64" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="B11" s="64" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="C11" s="65">
         <v>45488</v>
       </c>
       <c r="D11" s="91" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="35.5" x14ac:dyDescent="0.35">
       <c r="A12" s="64" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="B12" s="64" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
       <c r="C12" s="65">
         <v>45565</v>
       </c>
       <c r="D12" s="91" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="24" x14ac:dyDescent="0.35">
       <c r="A13" s="64" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="B13" s="64" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="C13" s="65">
         <v>45622</v>
       </c>
       <c r="D13" s="91" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A14" s="64"/>
-[...2 lines deleted...]
-      <c r="D14" s="27"/>
+      <c r="A14" s="64" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B14" s="64" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C14" s="65">
+        <v>45733</v>
+      </c>
+      <c r="D14" s="27" t="s">
+        <v>1410</v>
+      </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A15" s="64"/>
-[...2 lines deleted...]
-      <c r="D15" s="27"/>
+      <c r="A15" s="64" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B15" s="64" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C15" s="65">
+        <v>45973</v>
+      </c>
+      <c r="D15" s="27" t="s">
+        <v>1412</v>
+      </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A16" s="64"/>
       <c r="B16" s="64"/>
       <c r="C16" s="65"/>
       <c r="D16" s="27"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A17" s="64"/>
       <c r="B17" s="64"/>
       <c r="C17" s="65"/>
       <c r="D17" s="27"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" s="64"/>
       <c r="B18" s="64"/>
       <c r="C18" s="65"/>
       <c r="D18" s="27"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A19" s="64"/>
       <c r="B19" s="64"/>
       <c r="C19" s="65"/>
       <c r="D19" s="27"/>
     </row>
@@ -15839,1964 +15897,1964 @@
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A97" s="64"/>
       <c r="B97" s="64"/>
       <c r="C97" s="65"/>
       <c r="D97" s="27"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A98" s="64"/>
       <c r="B98" s="64"/>
       <c r="C98" s="65"/>
       <c r="D98" s="27"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.6328125" style="74" customWidth="1"/>
+    <col min="1" max="1" width="9.54296875" style="74" customWidth="1"/>
     <col min="2" max="2" width="28" style="74" customWidth="1"/>
     <col min="3" max="18" width="17.54296875" style="74" customWidth="1"/>
-    <col min="19" max="16384" width="8.6328125" style="74"/>
+    <col min="19" max="16384" width="8.54296875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="72" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A2" s="73" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A3" s="73" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A4" s="73" t="s">
-        <v>1216</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A5" s="73" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A6" s="73"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A7" s="81"/>
       <c r="B7" s="73" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="C7" s="73"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A8" s="82"/>
       <c r="B8" s="73" t="s">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="C8" s="73"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A9" s="83"/>
       <c r="B9" s="73" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="C9" s="73"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A10" s="73"/>
       <c r="B10" s="73"/>
       <c r="C10" s="73"/>
     </row>
     <row r="11" spans="1:18" ht="18" x14ac:dyDescent="0.35">
       <c r="A11" s="72" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="12" spans="1:18" s="97" customFormat="1" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="96"/>
       <c r="B12" s="70" t="s">
-        <v>1213</v>
+        <v>1208</v>
       </c>
       <c r="C12" s="70" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="D12" s="70" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="70" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="70" t="s">
         <v>174</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>175</v>
       </c>
       <c r="H12" s="70" t="s">
         <v>6</v>
       </c>
       <c r="I12" s="70" t="s">
         <v>180</v>
       </c>
       <c r="J12" s="70" t="s">
         <v>181</v>
       </c>
       <c r="K12" s="70" t="s">
         <v>176</v>
       </c>
       <c r="L12" s="70" t="s">
         <v>7</v>
       </c>
       <c r="M12" s="70" t="s">
         <v>177</v>
       </c>
       <c r="N12" s="70" t="s">
         <v>178</v>
       </c>
       <c r="O12" s="70" t="s">
         <v>179</v>
       </c>
       <c r="P12" s="79" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="Q12" s="79" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="R12" s="70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:18" s="98" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A13" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B13" s="76" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="C13" s="76" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="D13" s="76" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="76" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="76" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="G13" s="76" t="s">
         <v>175</v>
       </c>
       <c r="H13" s="76" t="s">
         <v>6</v>
       </c>
       <c r="I13" s="76" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="J13" s="76" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="K13" s="76" t="s">
         <v>8</v>
       </c>
       <c r="L13" s="76" t="s">
         <v>7</v>
       </c>
       <c r="M13" s="76" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="N13" s="76" t="s">
         <v>178</v>
       </c>
       <c r="O13" s="76" t="s">
         <v>179</v>
       </c>
       <c r="P13" s="76" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="Q13" s="76" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="R13" s="76" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:18" s="98" customFormat="1" ht="60" x14ac:dyDescent="0.35">
       <c r="A14" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B14" s="71" t="s">
-        <v>1214</v>
+        <v>1209</v>
       </c>
       <c r="C14" s="71" t="s">
-        <v>1215</v>
+        <v>1210</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="L14" s="88" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="M14" s="71"/>
       <c r="N14" s="71"/>
       <c r="O14" s="88" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="P14" s="71"/>
       <c r="Q14" s="88" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="R14" s="71"/>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.35">
       <c r="B15" s="73"/>
       <c r="C15" s="73"/>
       <c r="D15" s="73"/>
     </row>
     <row r="16" spans="1:18" ht="18" x14ac:dyDescent="0.35">
       <c r="A16" s="68" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="B16" s="69"/>
       <c r="C16" s="69"/>
       <c r="D16" s="69"/>
     </row>
     <row r="17" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="96"/>
       <c r="B17" s="70" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A18" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B18" s="76" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="98" customFormat="1" ht="10" x14ac:dyDescent="0.35">
       <c r="A19" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B19" s="88" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A21" s="72" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="99"/>
       <c r="B22" s="79" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A23" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B23" s="76" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B24" s="71" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B25" s="77"/>
       <c r="C25" s="78"/>
       <c r="D25" s="78"/>
     </row>
     <row r="26" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A26" s="72" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="100"/>
       <c r="B27" s="80" t="s">
         <v>164</v>
       </c>
       <c r="C27" s="80" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="80" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="80" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="80" t="s">
         <v>123</v>
       </c>
       <c r="G27" s="80" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="80" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A28" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B28" s="76" t="s">
+        <v>997</v>
+      </c>
+      <c r="C28" s="76" t="s">
+        <v>998</v>
+      </c>
+      <c r="D28" s="76" t="s">
+        <v>999</v>
+      </c>
+      <c r="E28" s="76" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F28" s="76" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G28" s="76" t="s">
         <v>1002</v>
       </c>
-      <c r="C28" s="76" t="s">
+      <c r="H28" s="76" t="s">
         <v>1003</v>
-      </c>
-[...13 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A29" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B29" s="71" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="C29" s="89" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="D29" s="89" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="E29" s="89" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="F29" s="89" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="G29" s="89" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="H29" s="89" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B30" s="77"/>
       <c r="C30" s="78"/>
       <c r="D30" s="78"/>
     </row>
     <row r="31" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A31" s="72" t="s">
-        <v>1184</v>
+        <v>1179</v>
       </c>
       <c r="B31" s="69"/>
     </row>
     <row r="32" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="96"/>
       <c r="B32" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C32" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D32" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A33" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B33" s="76" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="C33" s="76" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
       <c r="D33" s="76" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="34" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B34" s="88" t="s">
-        <v>1037</v>
+        <v>1032</v>
       </c>
       <c r="C34" s="71" t="s">
         <v>192</v>
       </c>
       <c r="D34" s="71" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A36" s="72" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="B36" s="69"/>
     </row>
     <row r="37" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="96"/>
       <c r="B37" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C37" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D37" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A38" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B38" s="76" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="C38" s="76" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="D38" s="76" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="39" spans="1:4" s="97" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A39" s="112" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B39" s="113" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C39" s="113" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="D39" s="112" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A40" s="114"/>
       <c r="B40" s="115"/>
       <c r="C40" s="115" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="D40" s="114"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B41" s="78"/>
       <c r="C41" s="73"/>
       <c r="D41" s="73"/>
     </row>
     <row r="42" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A42" s="72" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="B42" s="69"/>
     </row>
     <row r="43" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A43" s="96"/>
       <c r="B43" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C43" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D43" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A44" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B44" s="76" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="C44" s="76" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
       <c r="D44" s="76" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="45" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A45" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B45" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C45" s="88" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="D45" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A47" s="72" t="s">
-        <v>1188</v>
+        <v>1183</v>
       </c>
       <c r="B47" s="69"/>
     </row>
     <row r="48" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A48" s="96"/>
       <c r="B48" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C48" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A49" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B49" s="76" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="C49" s="76" t="s">
-        <v>1059</v>
+        <v>1054</v>
       </c>
       <c r="D49" s="76" t="s">
-        <v>1060</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="50" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A50" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B50" s="71" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="C50" s="71" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="D50" s="71" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A52" s="72" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="B52" s="69"/>
     </row>
     <row r="53" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="96"/>
       <c r="B53" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C53" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D53" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A54" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B54" s="76" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="C54" s="76" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="D54" s="76" t="s">
-        <v>1057</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:4" s="97" customFormat="1" ht="64.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" s="97" customFormat="1" ht="64.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B55" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C55" s="88" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
       <c r="D55" s="71" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A57" s="72" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="B57" s="69"/>
     </row>
     <row r="58" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A58" s="100"/>
       <c r="B58" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C58" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D58" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A59" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B59" s="76" t="s">
-        <v>1038</v>
+        <v>1033</v>
       </c>
       <c r="C59" s="76" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="D59" s="76" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="60" spans="1:4" s="97" customFormat="1" ht="75.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B60" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C60" s="71" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="D60" s="71" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A62" s="72" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="B62" s="69"/>
     </row>
     <row r="63" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A63" s="96"/>
       <c r="B63" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D63" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A64" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B64" s="76" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="C64" s="76" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="D64" s="76" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="65" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A65" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B65" s="88" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="C65" s="71" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="D65" s="71" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B66" s="78"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
     </row>
     <row r="67" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A67" s="72" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="B67" s="69"/>
     </row>
     <row r="68" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A68" s="100"/>
       <c r="B68" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C68" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D68" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="69" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A69" s="76" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B69" s="76" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="C69" s="76" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="D69" s="76" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="70" spans="1:4" s="97" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A70" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B70" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C70" s="88" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="D70" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B71" s="78"/>
       <c r="C71" s="78"/>
       <c r="D71" s="78"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B60" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{4ADF1AFF-F9E8-442B-9A1E-DAD8ED7EA8D3}"/>
     <hyperlink ref="B19" r:id="rId1" xr:uid="{30ECD611-C09C-46E3-AF43-B0941537EA47}"/>
     <hyperlink ref="L14" location="Code_Geslacht!A1" display="code uit lijst 'Geslacht'" xr:uid="{7FDA02C6-DDFB-4E1E-BC0B-A9A7589B86E4}"/>
     <hyperlink ref="O14" location="Code_Doodsoorzaak!A1" display="code uit lijst 'Doodsoorzaak'" xr:uid="{1E6ADCD9-B16B-4472-A219-D7CCD79B1FA4}"/>
     <hyperlink ref="Q14" location="Code_Therapiekeuze!A1" display="code uit lijst 'Therapiekeuze'" xr:uid="{31A7FCA4-E60B-4864-86E5-8DF28A1B08D7}"/>
     <hyperlink ref="C29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{811E92F1-A334-440D-A468-3D49CAEC63C8}"/>
     <hyperlink ref="E29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{210B5A8F-C9DD-4206-8D27-62EDEE0053EB}"/>
     <hyperlink ref="D29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{2F05722A-90A4-4750-9137-F2DF88926E23}"/>
     <hyperlink ref="F29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{312AF58C-0128-4663-9418-AEAB9C3142EE}"/>
     <hyperlink ref="G29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{11ABAE71-F9E0-4449-8387-20FA8570620D}"/>
     <hyperlink ref="H29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{A0B4F11D-0D8D-4A1A-9660-F548ACEADE8C}"/>
     <hyperlink ref="B34" location="Code_Lab!A1" display="LOINC code, zie lijst 'Lab'" xr:uid="{5797BC8F-4652-4878-AB54-F9098699E69B}"/>
     <hyperlink ref="B70" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{DE5842D3-28DA-449D-BB4C-10E892AE1C64}"/>
     <hyperlink ref="B45" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{9F3A1B09-BDBF-40D2-A142-21105880996F}"/>
     <hyperlink ref="B55" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{B7388B6A-6B60-4A7D-B221-64ACE1B57DE1}"/>
     <hyperlink ref="B39" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{38495796-82DB-4580-B41C-E7CA4777C462}"/>
     <hyperlink ref="C70" location="Code_Complicaties!A1" display="Code (Thesaurus ID, zie lijst 'complicaties) of ja/nee" xr:uid="{76B3823F-BBCD-4CD5-92DE-112EC733A4BE}"/>
     <hyperlink ref="B65" location="Code_Specialisme!A1" display="waarde uit specialismeAGBcodelijst, zie lijst 'Specialisme'" xr:uid="{EB092A29-CAB7-4793-BC90-3EFA03B43588}"/>
     <hyperlink ref="C45" location="Code_ICD10!A1" display="ICD10 code (zie lijst 'ICD10') of ja/nee" xr:uid="{8FA40C14-EB90-4D98-8119-39A7409C9F8E}"/>
     <hyperlink ref="C55" location="Code_Verrichting!A1" display="Ja/nee of code (Verrichtingen thesaurus ID of waarde Registratie in geval van vaattoegang, zie lijst 'Verrichting')" xr:uid="{2C0C0DAC-16DE-4BD2-8919-0667761BC38B}"/>
     <hyperlink ref="C39" location="Code_Roken!A1" display="meetwaarde of in geval van rookgedrag, zie lijst 'Roken'" xr:uid="{FBE0886D-7CE4-406D-AB2B-2A47B54AAC2C}"/>
     <hyperlink ref="C40" location="Code_CFS!A1" display="in geval van CFS, zie lijst 'CFS'" xr:uid="{D6C3EC31-2B25-4D29-9BF0-5874DF5F681E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E4D2583-6544-4545-A3A0-582208F671C8}">
   <dimension ref="A1:Q71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H42" sqref="H42"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.6328125" style="74" customWidth="1"/>
+    <col min="1" max="1" width="9.54296875" style="74" customWidth="1"/>
     <col min="2" max="17" width="17.54296875" style="74" customWidth="1"/>
-    <col min="18" max="16384" width="8.6328125" style="74"/>
+    <col min="18" max="16384" width="8.54296875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="72" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A2" s="73" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A3" s="73" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A4" s="73" t="s">
-        <v>1216</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A5" s="73" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
     </row>
     <row r="6" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A6" s="73"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A7" s="81"/>
       <c r="B7" s="73" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="C7" s="73"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A8" s="82"/>
       <c r="B8" s="73" t="s">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="C8" s="73"/>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A9" s="83"/>
       <c r="B9" s="73" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="C9" s="73"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A10" s="73"/>
       <c r="B10" s="73"/>
       <c r="C10" s="73"/>
     </row>
     <row r="11" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A11" s="72" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="12" spans="1:17" s="97" customFormat="1" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="96"/>
       <c r="B12" s="70" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="70" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="70" t="s">
         <v>174</v>
       </c>
       <c r="F12" s="70" t="s">
         <v>175</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="70" t="s">
-        <v>1211</v>
+        <v>1206</v>
       </c>
       <c r="I12" s="70" t="s">
         <v>181</v>
       </c>
       <c r="J12" s="70" t="s">
         <v>176</v>
       </c>
       <c r="K12" s="70" t="s">
         <v>7</v>
       </c>
       <c r="L12" s="70" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="M12" s="70" t="s">
         <v>178</v>
       </c>
       <c r="N12" s="70" t="s">
         <v>179</v>
       </c>
       <c r="O12" s="79" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="P12" s="79" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="Q12" s="70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:17" s="98" customFormat="1" ht="10" x14ac:dyDescent="0.35">
       <c r="A13" s="75" t="s">
+        <v>981</v>
+      </c>
+      <c r="B13" s="75" t="s">
         <v>986</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
       <c r="C13" s="75" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="75" t="s">
         <v>3</v>
       </c>
       <c r="E13" s="75" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="F13" s="75" t="s">
         <v>175</v>
       </c>
       <c r="G13" s="75" t="s">
         <v>6</v>
       </c>
       <c r="H13" s="75" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="I13" s="75" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="J13" s="75" t="s">
         <v>8</v>
       </c>
       <c r="K13" s="75" t="s">
         <v>7</v>
       </c>
       <c r="L13" s="75" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="M13" s="75" t="s">
         <v>178</v>
       </c>
       <c r="N13" s="75" t="s">
         <v>179</v>
       </c>
       <c r="O13" s="75" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="P13" s="75" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="Q13" s="75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:17" s="98" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A14" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="K14" s="88" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="88" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="O14" s="71"/>
       <c r="P14" s="88" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="Q14" s="71"/>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B15" s="73"/>
       <c r="C15" s="73"/>
       <c r="D15" s="73"/>
     </row>
     <row r="16" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A16" s="68" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="B16" s="69"/>
       <c r="C16" s="69"/>
       <c r="D16" s="69"/>
     </row>
     <row r="17" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="96"/>
       <c r="B17" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D17" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A18" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B18" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C18" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D18" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="98" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A19" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B19" s="71" t="s">
         <v>211</v>
       </c>
       <c r="C19" s="88" t="s">
         <v>166</v>
       </c>
       <c r="D19" s="71" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A21" s="72" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="99"/>
       <c r="B22" s="79" t="s">
         <v>165</v>
       </c>
       <c r="C22" s="79" t="s">
         <v>163</v>
       </c>
       <c r="D22" s="79" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A23" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B23" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C23" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D23" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B24" s="71" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C24" s="71" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D24" s="71" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B25" s="77"/>
       <c r="C25" s="78"/>
       <c r="D25" s="78"/>
     </row>
     <row r="26" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A26" s="72" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="100"/>
       <c r="B27" s="80" t="s">
         <v>164</v>
       </c>
       <c r="C27" s="80" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="80" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="80" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="80" t="s">
         <v>123</v>
       </c>
       <c r="G27" s="80" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="80" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A28" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B28" s="75" t="s">
         <v>164</v>
       </c>
       <c r="C28" s="75" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="75" t="s">
         <v>122</v>
       </c>
       <c r="E28" s="75" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="75" t="s">
         <v>123</v>
       </c>
       <c r="G28" s="75" t="s">
         <v>13</v>
       </c>
       <c r="H28" s="75" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A29" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B29" s="71" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="C29" s="89" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="D29" s="89" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="E29" s="89" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="F29" s="89" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="G29" s="89" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="H29" s="89" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B30" s="77"/>
       <c r="C30" s="78"/>
       <c r="D30" s="78"/>
     </row>
     <row r="31" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A31" s="72" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="B31" s="69"/>
     </row>
     <row r="32" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="96"/>
       <c r="B32" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C32" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D32" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A33" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B33" s="75" t="s">
         <v>172</v>
       </c>
       <c r="C33" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D33" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B34" s="88" t="s">
-        <v>1037</v>
+        <v>1032</v>
       </c>
       <c r="C34" s="71" t="s">
         <v>192</v>
       </c>
       <c r="D34" s="71" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A36" s="72" t="s">
-        <v>1169</v>
+        <v>1164</v>
       </c>
       <c r="B36" s="69"/>
     </row>
     <row r="37" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="96"/>
       <c r="B37" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C37" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D37" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A38" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B38" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C38" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D38" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:4" s="97" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A39" s="109" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B39" s="110" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C39" s="111" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="D39" s="109" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="20" x14ac:dyDescent="0.35">
       <c r="A40" s="114"/>
       <c r="B40" s="115"/>
       <c r="C40" s="115" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="D40" s="114"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B41" s="78"/>
       <c r="C41" s="73"/>
       <c r="D41" s="73"/>
     </row>
     <row r="42" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A42" s="72" t="s">
-        <v>1166</v>
+        <v>1161</v>
       </c>
       <c r="B42" s="69"/>
       <c r="C42" s="74"/>
       <c r="D42" s="74"/>
     </row>
     <row r="43" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A43" s="96"/>
       <c r="B43" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C43" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D43" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A44" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B44" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C44" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D44" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="30" x14ac:dyDescent="0.35">
       <c r="A45" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B45" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C45" s="88" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="D45" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A47" s="72" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="B47" s="69"/>
       <c r="C47" s="74"/>
       <c r="D47" s="74"/>
     </row>
     <row r="48" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A48" s="96"/>
       <c r="B48" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C48" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A49" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B49" s="75" t="s">
         <v>172</v>
       </c>
       <c r="C49" s="75" t="s">
         <v>132</v>
       </c>
       <c r="D49" s="75" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A50" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B50" s="71" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="C50" s="71" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="D50" s="71" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="52" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A52" s="72" t="s">
-        <v>1167</v>
+        <v>1162</v>
       </c>
       <c r="B52" s="69"/>
       <c r="C52" s="74"/>
       <c r="D52" s="74"/>
     </row>
     <row r="53" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="96"/>
       <c r="B53" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C53" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D53" s="70" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="54" spans="1:4" s="97" customFormat="1" ht="64.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:4" s="97" customFormat="1" ht="64.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B54" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C54" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="50" x14ac:dyDescent="0.35">
       <c r="A55" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B55" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C55" s="88" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
       <c r="D55" s="71" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A57" s="72" t="s">
-        <v>1209</v>
+        <v>1204</v>
       </c>
       <c r="B57" s="69"/>
       <c r="C57" s="74"/>
       <c r="D57" s="74"/>
     </row>
     <row r="58" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A58" s="100"/>
       <c r="B58" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C58" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D58" s="80" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="59" spans="1:4" s="97" customFormat="1" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:4" s="97" customFormat="1" ht="74.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B59" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C59" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D59" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="60" x14ac:dyDescent="0.35">
       <c r="A60" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B60" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C60" s="71" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="D60" s="71" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
     </row>
     <row r="62" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A62" s="72" t="s">
-        <v>1165</v>
+        <v>1160</v>
       </c>
       <c r="B62" s="69"/>
       <c r="C62" s="74"/>
       <c r="D62" s="74"/>
     </row>
     <row r="63" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A63" s="96"/>
       <c r="B63" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D63" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A64" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B64" s="75" t="s">
         <v>172</v>
       </c>
       <c r="C64" s="75" t="s">
         <v>132</v>
       </c>
       <c r="D64" s="75" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="30" x14ac:dyDescent="0.35">
       <c r="A65" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B65" s="88" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="C65" s="71" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="D65" s="71" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B66" s="78"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
     </row>
     <row r="67" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A67" s="72" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
       <c r="B67" s="69"/>
       <c r="C67" s="74"/>
       <c r="D67" s="74"/>
     </row>
     <row r="68" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A68" s="100"/>
       <c r="B68" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C68" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D68" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="69" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A69" s="75" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="B69" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C69" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D69" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="30" x14ac:dyDescent="0.35">
       <c r="A70" s="71" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B70" s="85" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C70" s="88" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="D70" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B71" s="78"/>
       <c r="C71" s="78"/>
       <c r="D71" s="78"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B60" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{0F8FE58A-D08B-4196-B156-9440BD8B7BC7}"/>
     <hyperlink ref="C19" r:id="rId1" xr:uid="{38618587-213F-403A-B558-016ACFB6B9D3}"/>
     <hyperlink ref="K14" location="Code_Geslacht!A1" display="code uit lijst 'Geslacht'" xr:uid="{521C73CC-70A3-4829-B2FE-C306D58E21BD}"/>
     <hyperlink ref="N14" location="Code_Doodsoorzaak!A1" display="code uit lijst 'Doodsoorzaak'" xr:uid="{F4B71FE0-52EC-44B4-8EEF-B7545043A88E}"/>
     <hyperlink ref="P14" location="Code_Therapiekeuze!A1" display="code uit lijst 'Therapiekeuze'" xr:uid="{5B2147A8-2CB2-40CE-81E4-9C32396004BD}"/>
     <hyperlink ref="C29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{E98DB287-B61C-4CD6-A5F9-3FBB570857C9}"/>
     <hyperlink ref="E29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{0D7F46D9-85E3-4E20-B592-E3B0214FB56D}"/>
     <hyperlink ref="D29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{92CE2986-C62F-47A2-A8BA-4AC7739E7E98}"/>
     <hyperlink ref="F29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{3370E727-6E37-4AF1-A389-EC8211F5D511}"/>
     <hyperlink ref="G29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{A51C7412-8188-4B4D-B3C2-2E5007591D60}"/>
     <hyperlink ref="H29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{6253DB62-6A90-45FF-8FD7-393EECD176EE}"/>
     <hyperlink ref="B34" location="Code_Lab!A1" display="LOINC code, zie lijst 'Lab'" xr:uid="{2C42107D-BA89-49F1-A92B-AE3A856D6CBE}"/>
     <hyperlink ref="B70" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{3B3777D4-14BE-440C-9A0F-FE1E1205A4E5}"/>
     <hyperlink ref="B45" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{9E33A19D-CE2A-4FA9-BBE6-1222E5E41C75}"/>
     <hyperlink ref="B55" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{8F4C9C10-003D-402B-8EAB-60E1CDE04583}"/>
     <hyperlink ref="B39" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{BE459B1C-A0C6-4C28-AA9A-C26871066774}"/>
     <hyperlink ref="C70" location="Code_Complicaties!A1" display="Code (Thesaurus ID, zie lijst 'complicaties) of ja/nee" xr:uid="{CAD59540-25C5-4F62-8DE7-A63DC1E33FEB}"/>
     <hyperlink ref="B65" location="Code_Specialisme!A1" display="waarde uit specialismeAGBcodelijst, zie lijst 'Specialisme'" xr:uid="{FC21BAF2-0500-4189-8D92-B8F3BB32BA5E}"/>
     <hyperlink ref="C45" location="Code_ICD10!A1" display="ICD10 code (zie lijst 'ICD10') of ja/nee" xr:uid="{87455EBB-49EE-4624-9B00-3C0D7160711A}"/>
     <hyperlink ref="C55" location="Code_Verrichting!A1" display="Ja/nee of code (Verrichtingen thesaurus ID of waarde Registratie in geval van vaattoegang, zie lijst 'Verrichting')" xr:uid="{241FE37F-A623-42FA-A718-11C10B9EBBD3}"/>
     <hyperlink ref="C39" location="Code_Roken!A1" display="meetwaarde of in geval van rookgedrag, zie lijst 'Roken'" xr:uid="{F768D57B-3FD9-4236-9DFD-720401C68E57}"/>
     <hyperlink ref="C40" location="Code_CFS!A1" display="in geval van CFS, zie lijst 'CFS'" xr:uid="{4FE4790D-598E-4C0E-800C-86CEA91F7255}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A995C88A-6410-4286-8595-35A975F0838E}">
   <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="H34" sqref="H34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.6328125" style="9" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="29.6328125" style="9" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.54296875" style="9" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.54296875" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.453125" style="9" bestFit="1" customWidth="1"/>
-    <col min="4" max="16384" width="8.6328125" style="9"/>
+    <col min="4" max="16384" width="8.54296875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="105" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="B1" s="105" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="84" t="s">
-        <v>1217</v>
+        <v>1212</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B4" s="9" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B5" s="9" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B6" s="9" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B7" s="9" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B8" s="9" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B9" s="9" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B10" s="9" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B14" s="9" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B18" s="9" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B19" s="9" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B20" s="9" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B21" s="9" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B22" s="9" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B23" s="9" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B24" s="9" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B25" s="9" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B26" s="9" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B27" s="9" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B28" s="9" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B29" s="9" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B30" s="9" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B31" s="9" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B32" s="9" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B33" s="9" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
-        <v>1066</v>
+        <v>1061</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B37" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B38" s="9" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B39" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B40" s="9" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B41" s="9" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B45" s="9" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B46" s="9" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B47" s="9" t="s">
-        <v>1091</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B48" s="9" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="49" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B49" s="9" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="6" customWidth="1"/>
-    <col min="2" max="2" width="17.6328125" style="6" customWidth="1"/>
-    <col min="3" max="16384" width="9.36328125" style="6"/>
+    <col min="2" max="2" width="17.54296875" style="6" customWidth="1"/>
+    <col min="3" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>1174</v>
+        <v>1169</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>112</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:B60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="7" customWidth="1"/>
     <col min="2" max="2" width="91" style="6" customWidth="1"/>
-    <col min="3" max="16384" width="9.36328125" style="6"/>
+    <col min="3" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="7">
         <v>0</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="7">
         <v>11</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>110</v>
       </c>
@@ -18249,134 +18307,134 @@
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="7">
         <v>999</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51E94F4E-2D2E-4D44-9E49-E692B90AC5E5}">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.6328125" style="6" customWidth="1"/>
+    <col min="1" max="1" width="8.54296875" style="6" customWidth="1"/>
     <col min="2" max="2" width="42.54296875" style="6" customWidth="1"/>
-    <col min="3" max="16384" width="9.36328125" style="6"/>
+    <col min="3" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="6">
         <v>94</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
         <v>95</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
         <v>101</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>102</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
         <v>103</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="6">
         <v>104</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:C17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.6328125" style="6" customWidth="1"/>
+    <col min="1" max="1" width="7.54296875" style="6" customWidth="1"/>
     <col min="2" max="2" width="42.54296875" style="6" customWidth="1"/>
     <col min="3" max="3" width="53.54296875" style="6" customWidth="1"/>
-    <col min="4" max="16384" width="9.36328125" style="6"/>
+    <col min="4" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="6">
         <v>10</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
         <v>13</v>
       </c>
@@ -18434,95 +18492,95 @@
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>52</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
         <v>82</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="6">
         <v>90</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="6">
         <v>91</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="6">
         <v>93</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
         <v>94</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>95</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>99</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>117</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>171</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>