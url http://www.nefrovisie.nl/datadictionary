--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Documentatie\Database Nefrodata\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1D8F826-580E-4076-9822-459AFDD46893}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3823F24B-C455-4594-A535-3E5BA57E7FD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="760" yWindow="760" windowWidth="28800" windowHeight="15450" tabRatio="724" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1520" yWindow="1520" windowWidth="28800" windowHeight="15450" tabRatio="724" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dataset" sheetId="1" r:id="rId1"/>
     <sheet name="Versiebeheer" sheetId="18" r:id="rId2"/>
     <sheet name="Aanlevering_CSV" sheetId="8" r:id="rId3"/>
     <sheet name="Aanlevering_XML" sheetId="23" r:id="rId4"/>
     <sheet name="Meetpunt_namen" sheetId="21" r:id="rId5"/>
     <sheet name="Code_Geslacht" sheetId="7" r:id="rId6"/>
     <sheet name="Code_Doodsoorzaak" sheetId="5" r:id="rId7"/>
     <sheet name="Code_Therapiekeuze" sheetId="19" r:id="rId8"/>
     <sheet name="Code_Therapie" sheetId="4" r:id="rId9"/>
     <sheet name="Code_AGB" sheetId="17" r:id="rId10"/>
     <sheet name="Code_Lab" sheetId="20" r:id="rId11"/>
     <sheet name="Code_Roken" sheetId="11" r:id="rId12"/>
     <sheet name="Code_ICD10" sheetId="15" r:id="rId13"/>
     <sheet name="Code_Vaattoegang" sheetId="2" r:id="rId14"/>
     <sheet name="Code_Verrichting" sheetId="16" r:id="rId15"/>
     <sheet name="Code_Specialisme" sheetId="22" r:id="rId16"/>
     <sheet name="Code_Complicaties" sheetId="14" r:id="rId17"/>
     <sheet name="Code_CFS" sheetId="24" r:id="rId18"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">Code_Lab!$A$1:$C$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">Code_Therapie!$A$1:$C$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">Code_Therapiekeuze!$A$1:$B$7</definedName>
@@ -80,51 +80,51 @@
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2978" uniqueCount="1413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2981" uniqueCount="1415">
   <si>
     <t>Omschrijving</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>bsn</t>
   </si>
   <si>
     <t>string</t>
   </si>
   <si>
     <t>geboortedatum</t>
   </si>
   <si>
     <t>achternaam</t>
   </si>
   <si>
     <t>geslacht</t>
   </si>
   <si>
@@ -3153,53 +3153,50 @@
     <t>14879-1</t>
   </si>
   <si>
     <t>1963-8</t>
   </si>
   <si>
     <t>2276-4</t>
   </si>
   <si>
     <t>6796-7</t>
   </si>
   <si>
     <t>2000-8</t>
   </si>
   <si>
     <t>Calcium (mmol/l)</t>
   </si>
   <si>
     <t>14866-8</t>
   </si>
   <si>
     <t>Pth (pmol/l)</t>
   </si>
   <si>
     <t>4548-4</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hba1c (mmol/l)</t>
   </si>
   <si>
     <t>1751-7</t>
   </si>
   <si>
     <t>2823-3</t>
   </si>
   <si>
     <t>14683-7</t>
   </si>
   <si>
     <t>Urine creatinine in portie (mmol/l) </t>
   </si>
   <si>
     <t>6942-7</t>
   </si>
   <si>
     <t>Urine albumine in portie (mg/l) </t>
   </si>
   <si>
     <t>2888-6</t>
   </si>
   <si>
     <t>Urine eiwit in portie (mg/l) </t>
   </si>
@@ -4370,50 +4367,59 @@
   </si>
   <si>
     <t xml:space="preserve">LOINC 1963-8, 1960-4, 1961-2, 14627-4
 </t>
   </si>
   <si>
     <t>LOINC 2276-4, 14801-5</t>
   </si>
   <si>
     <t>LOINC 4548-4, 17856-6</t>
   </si>
   <si>
     <t>LOINC 1751-7, 61152-5</t>
   </si>
   <si>
     <t>LOINC 6942-7, 14957-5</t>
   </si>
   <si>
     <t>LOINC van Urine (micro)albumine toegevoegd.</t>
   </si>
   <si>
     <t>2.10</t>
   </si>
   <si>
     <t>Bovengrens van urine albumine in portie en urine eiwit in portie verhoogd (was eerst 999).</t>
+  </si>
+  <si>
+    <t>2.11</t>
+  </si>
+  <si>
+    <t>Eenheid Hba1c aangepast van mmol/l naar mmol/mol</t>
+  </si>
+  <si>
+    <t>Hba1c (mmol/mol)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -4708,51 +4714,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="119">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -5026,51 +5032,50 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Komma" xfId="5" builtinId="3"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Standaard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Standaard 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Standaard 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF7DDDFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -5372,116 +5377,116 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era-edta-reg.org/prd.jsp?disclaim=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era-edta-reg.org/prd.jsp?disclaim=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O113"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="6" topLeftCell="E33" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="D44" sqref="D44"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2.54296875" style="3" customWidth="1"/>
     <col min="2" max="3" width="7" style="41" customWidth="1"/>
     <col min="4" max="4" width="30.54296875" style="3" customWidth="1"/>
     <col min="5" max="5" width="43" style="10" customWidth="1"/>
     <col min="6" max="6" width="12.453125" style="3" customWidth="1"/>
-    <col min="7" max="7" width="40.7265625" style="10" customWidth="1"/>
+    <col min="7" max="7" width="8.54296875" style="10" customWidth="1"/>
     <col min="8" max="8" width="22.54296875" style="10" customWidth="1"/>
     <col min="9" max="10" width="7.54296875" style="3" customWidth="1"/>
     <col min="11" max="11" width="65.54296875" style="10" customWidth="1"/>
     <col min="12" max="12" width="45.54296875" style="3" customWidth="1"/>
     <col min="13" max="13" width="23.54296875" style="3" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="9.453125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="1" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A1" s="11" t="s">
         <v>968</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="E1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A2" s="25" t="str">
         <f>"Versie "&amp;LOOKUP(REPT("z",99),Versiebeheer!A:A)&amp;", datum laatst bijgewerkt: "&amp;TEXT(LOOKUP(9.99999999999999E+307,Versiebeheer!C:C),"dd-mm-jjjj")</f>
-        <v>Versie 2.10, datum laatst bijgewerkt: 12-11-2025</v>
+        <v>Versie 2.11, datum laatst bijgewerkt: 02-12-2025</v>
       </c>
       <c r="E2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="K2" s="19"/>
       <c r="L2" s="19"/>
       <c r="M2" s="19"/>
     </row>
     <row r="3" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="C3" s="33"/>
       <c r="D3" s="67"/>
       <c r="E3" s="19"/>
       <c r="G3" s="19"/>
       <c r="H3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="19"/>
       <c r="M3" s="19"/>
     </row>
     <row r="4" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A4" s="18" t="s">
         <v>739</v>
       </c>
       <c r="E4" s="45" t="s">
         <v>737</v>
       </c>
       <c r="F4" s="20" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="G4" s="101"/>
       <c r="H4" s="101"/>
       <c r="I4" s="42" t="s">
         <v>738</v>
       </c>
       <c r="J4" s="42"/>
       <c r="K4" s="42"/>
       <c r="L4" s="19"/>
       <c r="M4" s="19"/>
     </row>
     <row r="5" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B5" s="34"/>
       <c r="C5" s="34"/>
       <c r="E5" s="19"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
     </row>
     <row r="6" spans="1:13" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A6" s="21"/>
       <c r="B6" s="35" t="s">
         <v>741</v>
@@ -5492,3389 +5497,3389 @@
       <c r="D6" s="21" t="s">
         <v>217</v>
       </c>
       <c r="E6" s="22" t="s">
         <v>0</v>
       </c>
       <c r="F6" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G6" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H6" s="22" t="s">
         <v>160</v>
       </c>
       <c r="I6" s="22" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="22" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="22" t="s">
         <v>249</v>
       </c>
       <c r="L6" s="22" t="s">
+        <v>1244</v>
+      </c>
+      <c r="M6" s="22" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A7" s="24" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="B7" s="36"/>
       <c r="C7" s="36"/>
       <c r="D7" s="24"/>
       <c r="E7" s="46"/>
       <c r="F7" s="118"/>
       <c r="G7" s="118"/>
       <c r="H7" s="118"/>
       <c r="I7" s="118"/>
       <c r="J7" s="118"/>
       <c r="K7" s="118"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
     </row>
     <row r="8" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B8" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D8" s="18" t="s">
         <v>988</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>970</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="19"/>
       <c r="H8" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I8" s="18">
         <v>0</v>
       </c>
       <c r="J8" s="18">
         <v>999999</v>
       </c>
       <c r="K8" s="19" t="s">
         <v>120</v>
       </c>
       <c r="L8" s="19" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="M8" s="19" t="s">
-        <v>1247</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B9" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C9" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D9" s="18" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="19" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G9" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K9" s="19"/>
       <c r="L9" s="19" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="M9" s="103" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="10" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B10" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C10" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D10" s="18" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G10" s="19"/>
       <c r="H10" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>740</v>
       </c>
       <c r="L10" s="19" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="M10" s="19" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="11" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B11" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C11" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>982</v>
       </c>
       <c r="E11" s="19" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="19"/>
       <c r="H11" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K11" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L11" s="19" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="M11" s="19" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="12" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B12" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C12" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D12" s="18" t="s">
         <v>175</v>
       </c>
       <c r="E12" s="19" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="F12" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="19"/>
       <c r="H12" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K12" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L12" s="19" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="M12" s="19" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="13" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B13" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C13" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="19"/>
       <c r="H13" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K13" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L13" s="19" t="s">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="M13" s="19" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="14" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B14" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C14" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>983</v>
       </c>
       <c r="E14" s="19" t="s">
-        <v>1329</v>
+        <v>1328</v>
       </c>
       <c r="F14" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="19"/>
       <c r="H14" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K14" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L14" s="19" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="M14" s="19" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="15" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B15" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C15" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>984</v>
       </c>
       <c r="E15" s="19" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="19"/>
       <c r="H15" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K15" s="19" t="s">
         <v>118</v>
       </c>
       <c r="L15" s="19" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="M15" s="19" t="s">
-        <v>1253</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B16" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C16" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>29</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I16" s="18">
         <v>1000</v>
       </c>
       <c r="J16" s="18">
         <v>9999</v>
       </c>
       <c r="K16" s="19"/>
       <c r="L16" s="19" t="s">
-        <v>1324</v>
+        <v>1323</v>
       </c>
       <c r="M16" s="19" t="s">
-        <v>1254</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B17" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C17" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D17" s="18" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="19" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="19" t="s">
         <v>994</v>
       </c>
       <c r="H17" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K17" s="19"/>
       <c r="L17" s="19" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="M17" s="19" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="18" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B18" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C18" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D18" s="18" t="s">
         <v>985</v>
       </c>
       <c r="E18" s="19" t="s">
         <v>114</v>
       </c>
       <c r="F18" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G18" s="19"/>
       <c r="H18" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K18" s="19" t="s">
         <v>218</v>
       </c>
       <c r="L18" s="19" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="M18" s="19" t="s">
-        <v>1247</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="18" customFormat="1" ht="57.5" x14ac:dyDescent="0.35">
       <c r="B19" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C19" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>182</v>
       </c>
       <c r="E19" s="19" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="F19" s="18" t="s">
         <v>747</v>
       </c>
       <c r="G19" s="19" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I19" s="18">
         <v>0</v>
       </c>
       <c r="J19" s="18">
         <v>1</v>
       </c>
       <c r="K19" s="19" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="L19" s="19" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="M19" s="19" t="s">
-        <v>1256</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B20" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C20" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D20" s="18" t="s">
         <v>178</v>
       </c>
       <c r="E20" s="19" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="F20" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H20" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K20" s="19" t="s">
         <v>219</v>
       </c>
       <c r="L20" s="19" t="s">
-        <v>1327</v>
+        <v>1326</v>
       </c>
       <c r="M20" s="19" t="s">
-        <v>1257</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="B21" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C21" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D21" s="18" t="s">
         <v>179</v>
       </c>
       <c r="E21" s="19" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="F21" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="19" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="H21" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I21" s="18">
         <v>0</v>
       </c>
       <c r="J21" s="18">
         <v>110</v>
       </c>
       <c r="K21" s="19"/>
       <c r="L21" s="19"/>
       <c r="M21" s="19"/>
     </row>
     <row r="22" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B22" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C22" s="34"/>
       <c r="D22" s="18" t="s">
         <v>962</v>
       </c>
       <c r="E22" s="19" t="s">
         <v>743</v>
       </c>
       <c r="F22" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G22" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H22" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K22" s="19" t="s">
         <v>744</v>
       </c>
       <c r="L22" s="19"/>
       <c r="M22" s="19"/>
     </row>
-    <row r="23" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="B23" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C23" s="34"/>
       <c r="D23" s="18" t="s">
         <v>963</v>
       </c>
       <c r="E23" s="19" t="s">
         <v>746</v>
       </c>
       <c r="F23" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="19" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="H23" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K23" s="19" t="s">
         <v>745</v>
       </c>
       <c r="L23" s="19"/>
       <c r="M23" s="19"/>
     </row>
     <row r="24" spans="1:15" s="18" customFormat="1" ht="46.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="25"/>
       <c r="B24" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C24" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="26" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="F24" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G24" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H24" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K24" s="26" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="L24" s="26"/>
       <c r="M24" s="26"/>
       <c r="N24" s="25"/>
       <c r="O24" s="25"/>
     </row>
     <row r="25" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A25" s="24" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="36"/>
       <c r="D25" s="24"/>
       <c r="E25" s="46"/>
       <c r="F25" s="118"/>
       <c r="G25" s="118"/>
       <c r="H25" s="118"/>
       <c r="I25" s="118"/>
       <c r="J25" s="118"/>
       <c r="K25" s="118"/>
       <c r="L25" s="24"/>
       <c r="M25" s="24"/>
     </row>
     <row r="26" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B26" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C26" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>1346</v>
+        <v>1345</v>
       </c>
       <c r="E26" s="19" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="F26" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G26" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H26" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K26" s="19"/>
       <c r="L26" s="19"/>
       <c r="M26" s="19"/>
     </row>
     <row r="27" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B27" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C27" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="19" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
       <c r="F27" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G27" s="19" t="s">
         <v>125</v>
       </c>
       <c r="H27" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I27" s="18">
         <v>1000</v>
       </c>
       <c r="J27" s="18">
         <v>9999</v>
       </c>
       <c r="K27" s="19" t="s">
         <v>976</v>
       </c>
       <c r="L27" s="19"/>
       <c r="M27" s="19"/>
     </row>
     <row r="28" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A28" s="24" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="36"/>
       <c r="C28" s="36"/>
       <c r="D28" s="24"/>
       <c r="E28" s="46"/>
       <c r="F28" s="118"/>
       <c r="G28" s="118"/>
       <c r="H28" s="118"/>
       <c r="I28" s="118"/>
       <c r="J28" s="118"/>
       <c r="K28" s="118"/>
       <c r="L28" s="24"/>
       <c r="M28" s="24"/>
     </row>
     <row r="29" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C29" s="34"/>
       <c r="D29" s="18" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="E29" s="19" t="s">
         <v>245</v>
       </c>
       <c r="F29" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G29" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H29" s="19" t="s">
         <v>161</v>
       </c>
       <c r="K29" s="19" t="s">
         <v>250</v>
       </c>
       <c r="L29" s="19"/>
       <c r="M29" s="19"/>
     </row>
     <row r="30" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A30" s="24" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="B30" s="36"/>
       <c r="C30" s="36"/>
       <c r="D30" s="24"/>
       <c r="E30" s="46"/>
       <c r="F30" s="118"/>
       <c r="G30" s="118"/>
       <c r="H30" s="118"/>
       <c r="I30" s="118"/>
       <c r="J30" s="118"/>
       <c r="K30" s="118"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
     </row>
     <row r="31" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B31" s="34"/>
       <c r="C31" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D31" s="18" t="s">
         <v>997</v>
       </c>
       <c r="E31" s="19" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="F31" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G31" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H31" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K31" s="19" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="L31" s="19"/>
       <c r="M31" s="19"/>
     </row>
-    <row r="32" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B32" s="34"/>
       <c r="C32" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D32" s="18" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="19" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="F32" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="H32" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K32" s="19" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="L32" s="19" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="M32" s="19" t="s">
-        <v>1258</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="B33" s="34"/>
       <c r="C33" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>122</v>
       </c>
       <c r="E33" s="19" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="F33" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="19" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="H33" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K33" s="19" t="s">
         <v>971</v>
       </c>
       <c r="L33" s="19" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="M33" s="19" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B34" s="34"/>
       <c r="C34" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="19" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="F34" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K34" s="19"/>
       <c r="L34" s="19" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="M34" s="19" t="s">
-        <v>1258</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="B35" s="34"/>
       <c r="C35" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D35" s="18" t="s">
         <v>123</v>
       </c>
       <c r="E35" s="19" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="19" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="H35" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K35" s="19" t="s">
         <v>971</v>
       </c>
       <c r="L35" s="19" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="M35" s="19" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B36" s="34"/>
       <c r="C36" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="19" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="H36" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K36" s="19" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="L36" s="19"/>
       <c r="M36" s="19"/>
     </row>
-    <row r="37" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B37" s="34"/>
       <c r="C37" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="19" t="s">
         <v>220</v>
       </c>
       <c r="F37" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="19" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="H37" s="19" t="s">
         <v>216</v>
       </c>
       <c r="K37" s="19"/>
       <c r="L37" s="19"/>
       <c r="M37" s="19"/>
     </row>
     <row r="38" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A38" s="24" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="B38" s="36"/>
       <c r="C38" s="36"/>
       <c r="D38" s="24"/>
       <c r="E38" s="46"/>
       <c r="F38" s="118"/>
       <c r="G38" s="118"/>
       <c r="H38" s="118"/>
       <c r="I38" s="118"/>
       <c r="J38" s="118"/>
       <c r="K38" s="118"/>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
     </row>
     <row r="39" spans="1:15" s="23" customFormat="1" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="25"/>
       <c r="B39" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C39" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D39" s="25" t="s">
         <v>1007</v>
       </c>
       <c r="E39" s="26" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
       <c r="F39" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G39" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H39" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I39" s="25"/>
       <c r="J39" s="25"/>
       <c r="K39" s="26" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="L39" s="25" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="M39" s="25" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="40" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A40" s="25"/>
       <c r="B40" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C40" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D40" s="26" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="E40" s="26" t="s">
         <v>126</v>
       </c>
       <c r="F40" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="19"/>
       <c r="H40" s="19" t="s">
         <v>221</v>
       </c>
       <c r="I40" s="18">
         <v>10</v>
       </c>
       <c r="J40" s="18">
         <v>3000</v>
       </c>
       <c r="K40" s="26" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="L40" s="26" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="M40" s="26" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="N40" s="25"/>
       <c r="O40" s="25"/>
     </row>
     <row r="41" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A41" s="25"/>
       <c r="B41" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C41" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D41" s="26" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="E41" s="26" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="19"/>
       <c r="H41" s="19" t="s">
         <v>221</v>
       </c>
       <c r="I41" s="18">
         <v>0</v>
       </c>
       <c r="J41" s="18">
         <v>99</v>
       </c>
       <c r="K41" s="26" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="L41" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M41" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N41" s="25"/>
       <c r="O41" s="25"/>
     </row>
     <row r="42" spans="1:15" s="18" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="25"/>
       <c r="B42" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C42" s="37"/>
       <c r="D42" s="26" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
       <c r="E42" s="26" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="F42" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="19"/>
       <c r="H42" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I42" s="18">
         <v>0</v>
       </c>
       <c r="J42" s="18">
         <v>999</v>
       </c>
       <c r="K42" s="26" t="s">
         <v>247</v>
       </c>
       <c r="L42" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M42" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N42" s="25"/>
       <c r="O42" s="25"/>
     </row>
     <row r="43" spans="1:15" s="18" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="25"/>
       <c r="B43" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C43" s="37"/>
       <c r="D43" s="26" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="E43" s="26" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="F43" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="19"/>
       <c r="H43" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I43" s="18">
         <v>0</v>
       </c>
       <c r="J43" s="18">
         <v>99999</v>
       </c>
       <c r="K43" s="26" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="L43" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M43" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N43" s="25"/>
       <c r="O43" s="25"/>
     </row>
     <row r="44" spans="1:15" s="18" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="25"/>
       <c r="B44" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C44" s="37"/>
       <c r="D44" s="26" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="E44" s="26" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="F44" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="19"/>
       <c r="H44" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I44" s="18">
         <v>0</v>
       </c>
       <c r="J44" s="18">
         <v>99999</v>
       </c>
       <c r="K44" s="26" t="s">
         <v>248</v>
       </c>
       <c r="L44" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M44" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N44" s="25"/>
       <c r="O44" s="25"/>
     </row>
     <row r="45" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A45" s="25"/>
       <c r="B45" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C45" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D45" s="26" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G45" s="102"/>
       <c r="H45" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I45" s="104">
         <v>1</v>
       </c>
       <c r="J45" s="104">
         <v>12</v>
       </c>
       <c r="K45" s="26" t="s">
         <v>945</v>
       </c>
       <c r="L45" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M45" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N45" s="25"/>
       <c r="O45" s="25"/>
     </row>
     <row r="46" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A46" s="25"/>
       <c r="B46" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C46" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D46" s="26" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>18</v>
       </c>
       <c r="F46" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G46" s="19"/>
       <c r="H46" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I46" s="18">
         <v>0</v>
       </c>
       <c r="J46" s="18">
         <v>8</v>
       </c>
       <c r="K46" s="26" t="s">
         <v>946</v>
       </c>
       <c r="L46" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M46" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N46" s="25"/>
       <c r="O46" s="25"/>
     </row>
     <row r="47" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A47" s="25"/>
       <c r="B47" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C47" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D47" s="26" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>224</v>
       </c>
       <c r="F47" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="19"/>
       <c r="H47" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I47" s="18">
         <v>0</v>
       </c>
       <c r="J47" s="18">
         <v>9999</v>
       </c>
       <c r="K47" s="26" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="L47" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M47" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N47" s="25"/>
       <c r="O47" s="25"/>
     </row>
     <row r="48" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A48" s="25"/>
       <c r="B48" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C48" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D48" s="26" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="E48" s="26" t="s">
         <v>225</v>
       </c>
       <c r="F48" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="26"/>
       <c r="H48" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I48" s="26">
         <v>0</v>
       </c>
       <c r="J48" s="26">
         <v>9999</v>
       </c>
       <c r="K48" s="26" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="L48" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M48" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N48" s="25"/>
       <c r="O48" s="25"/>
     </row>
     <row r="49" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A49" s="25"/>
       <c r="B49" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C49" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D49" s="26" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="26"/>
       <c r="H49" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I49" s="26">
         <v>0</v>
       </c>
       <c r="J49" s="26">
         <v>100</v>
       </c>
       <c r="K49" s="26" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="L49" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M49" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N49" s="25"/>
       <c r="O49" s="25"/>
     </row>
     <row r="50" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A50" s="25"/>
       <c r="B50" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C50" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D50" s="26" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="E50" s="26" t="s">
         <v>226</v>
       </c>
       <c r="F50" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G50" s="26"/>
       <c r="H50" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I50" s="26">
         <v>0.5</v>
       </c>
       <c r="J50" s="26">
         <v>4</v>
       </c>
       <c r="K50" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L50" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M50" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N50" s="25"/>
       <c r="O50" s="25"/>
     </row>
     <row r="51" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A51" s="25"/>
       <c r="B51" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C51" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D51" s="26" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="E51" s="26" t="s">
         <v>1019</v>
       </c>
       <c r="F51" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G51" s="26"/>
       <c r="H51" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I51" s="26">
         <v>0</v>
       </c>
       <c r="J51" s="26">
         <v>999</v>
       </c>
       <c r="K51" s="26" t="s">
         <v>222</v>
       </c>
       <c r="L51" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M51" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N51" s="25"/>
       <c r="O51" s="25"/>
     </row>
     <row r="52" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A52" s="25"/>
       <c r="B52" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C52" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D52" s="26" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="E52" s="26" t="s">
-        <v>1021</v>
+        <v>1414</v>
       </c>
       <c r="F52" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G52" s="26"/>
       <c r="H52" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I52" s="26">
         <v>0</v>
       </c>
       <c r="J52" s="26">
         <v>999</v>
       </c>
       <c r="K52" s="26" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="L52" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M52" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N52" s="25"/>
       <c r="O52" s="25"/>
     </row>
     <row r="53" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A53" s="25"/>
       <c r="B53" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C53" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D53" s="26" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="E53" s="26" t="s">
         <v>129</v>
       </c>
       <c r="F53" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G53" s="26"/>
       <c r="H53" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I53" s="26">
         <v>10</v>
       </c>
       <c r="J53" s="26">
         <v>100</v>
       </c>
       <c r="K53" s="26" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="L53" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M53" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N53" s="25"/>
       <c r="O53" s="25"/>
     </row>
     <row r="54" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A54" s="25"/>
       <c r="B54" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C54" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D54" s="26" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>130</v>
       </c>
       <c r="F54" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G54" s="26"/>
       <c r="H54" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I54" s="26">
         <v>1</v>
       </c>
       <c r="J54" s="26">
         <v>10</v>
       </c>
       <c r="K54" s="26" t="s">
         <v>223</v>
       </c>
       <c r="L54" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M54" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N54" s="25"/>
       <c r="O54" s="25"/>
     </row>
     <row r="55" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A55" s="24" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="B55" s="36"/>
       <c r="C55" s="36"/>
       <c r="D55" s="24"/>
       <c r="E55" s="46"/>
       <c r="F55" s="118"/>
       <c r="G55" s="118"/>
       <c r="H55" s="118"/>
       <c r="I55" s="118"/>
       <c r="J55" s="118"/>
       <c r="K55" s="118"/>
       <c r="L55" s="24"/>
       <c r="M55" s="24"/>
     </row>
     <row r="56" spans="1:15" s="23" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A56" s="25"/>
       <c r="B56" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C56" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D56" s="25" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="E56" s="26" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="F56" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G56" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H56" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I56" s="25"/>
       <c r="J56" s="25"/>
       <c r="K56" s="25" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="L56" s="26" t="s">
+        <v>1353</v>
+      </c>
+      <c r="M56" s="26" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="57" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B57" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C57" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="E57" s="19" t="s">
         <v>154</v>
       </c>
       <c r="F57" s="18" t="s">
         <v>33</v>
       </c>
       <c r="G57" s="19"/>
       <c r="H57" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I57" s="18">
         <v>100</v>
       </c>
       <c r="J57" s="18">
         <v>220</v>
       </c>
       <c r="K57" s="19" t="s">
         <v>256</v>
       </c>
       <c r="L57" s="18" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="M57" s="18" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="58" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B58" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C58" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="E58" s="19" t="s">
         <v>155</v>
       </c>
       <c r="F58" s="18" t="s">
         <v>33</v>
       </c>
       <c r="G58" s="19"/>
       <c r="H58" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I58" s="18">
         <v>30</v>
       </c>
       <c r="J58" s="18">
         <v>300</v>
       </c>
       <c r="K58" s="18" t="s">
         <v>257</v>
       </c>
       <c r="L58" s="18" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="M58" s="18" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="59" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B59" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C59" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="E59" s="19" t="s">
         <v>156</v>
       </c>
       <c r="F59" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G59" s="19"/>
       <c r="H59" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I59" s="18">
         <v>20</v>
       </c>
       <c r="J59" s="18">
         <v>300</v>
       </c>
       <c r="K59" s="19" t="s">
         <v>258</v>
       </c>
       <c r="L59" s="18" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="M59" s="18" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="60" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B60" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C60" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E60" s="19" t="s">
         <v>157</v>
       </c>
       <c r="F60" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G60" s="19"/>
       <c r="H60" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I60" s="18">
         <v>20</v>
       </c>
       <c r="J60" s="18">
         <v>150</v>
       </c>
       <c r="K60" s="19" t="s">
         <v>258</v>
       </c>
       <c r="L60" s="18" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="M60" s="18" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="B61" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C61" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="E61" s="19" t="s">
         <v>158</v>
       </c>
       <c r="F61" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G61" s="19" t="s">
         <v>735</v>
       </c>
       <c r="H61" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K61" s="19" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="L61" s="18" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="M61" s="18" t="s">
-        <v>1264</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B62" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C62" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="F62" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G62" s="19" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H62" s="19" t="s">
         <v>1371</v>
-      </c>
-[...1 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="I62" s="18">
         <v>1</v>
       </c>
       <c r="J62" s="18">
         <v>9</v>
       </c>
       <c r="K62" s="19" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="63" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A63" s="24" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="B63" s="36"/>
       <c r="C63" s="36"/>
       <c r="D63" s="24"/>
       <c r="E63" s="46"/>
       <c r="F63" s="118"/>
       <c r="G63" s="118"/>
       <c r="H63" s="118"/>
       <c r="I63" s="118"/>
       <c r="J63" s="118"/>
       <c r="K63" s="118"/>
       <c r="L63" s="24"/>
       <c r="M63" s="24"/>
       <c r="N63" s="31"/>
     </row>
     <row r="64" spans="1:15" s="23" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="25"/>
       <c r="B64" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C64" s="43" t="s">
         <v>269</v>
       </c>
       <c r="D64" s="25" t="s">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="E64" s="26" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="F64" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G64" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H64" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I64" s="25"/>
       <c r="J64" s="25"/>
       <c r="K64" s="25" t="s">
-        <v>1348</v>
+        <v>1347</v>
       </c>
       <c r="L64" s="25" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="M64" s="25" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A65" s="25"/>
       <c r="B65" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C65" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D65" s="18" t="s">
         <v>285</v>
       </c>
       <c r="E65" s="19" t="s">
         <v>134</v>
       </c>
       <c r="F65" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G65" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H65" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K65" s="19" t="s">
         <v>193</v>
       </c>
       <c r="L65" s="19" t="s">
+        <v>1301</v>
+      </c>
+      <c r="M65" s="26" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
       <c r="N65" s="25"/>
       <c r="O65" s="25"/>
     </row>
-    <row r="66" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A66" s="25"/>
       <c r="B66" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C66" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D66" s="18" t="s">
         <v>291</v>
       </c>
       <c r="E66" s="19" t="s">
         <v>135</v>
       </c>
       <c r="F66" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H66" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K66" s="19" t="s">
         <v>194</v>
       </c>
       <c r="L66" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M66" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N66" s="25"/>
       <c r="O66" s="25"/>
     </row>
-    <row r="67" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A67" s="25"/>
       <c r="B67" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C67" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D67" s="18" t="s">
         <v>308</v>
       </c>
       <c r="E67" s="19" t="s">
         <v>136</v>
       </c>
       <c r="F67" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G67" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H67" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K67" s="19" t="s">
         <v>195</v>
       </c>
       <c r="L67" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M67" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N67" s="25"/>
       <c r="O67" s="25"/>
     </row>
-    <row r="68" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A68" s="25"/>
       <c r="B68" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C68" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D68" s="18" t="s">
         <v>324</v>
       </c>
       <c r="E68" s="19" t="s">
         <v>137</v>
       </c>
       <c r="F68" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G68" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H68" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K68" s="19" t="s">
         <v>196</v>
       </c>
       <c r="L68" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M68" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N68" s="25"/>
       <c r="O68" s="25"/>
     </row>
-    <row r="69" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A69" s="25"/>
       <c r="B69" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C69" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D69" s="18" t="s">
         <v>350</v>
       </c>
       <c r="E69" s="19" t="s">
         <v>138</v>
       </c>
       <c r="F69" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G69" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H69" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K69" s="19" t="s">
         <v>197</v>
       </c>
       <c r="L69" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M69" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N69" s="25"/>
       <c r="O69" s="25"/>
     </row>
-    <row r="70" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A70" s="25"/>
       <c r="B70" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C70" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D70" s="18" t="s">
         <v>363</v>
       </c>
       <c r="E70" s="19" t="s">
         <v>139</v>
       </c>
       <c r="F70" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H70" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K70" s="19" t="s">
         <v>198</v>
       </c>
       <c r="L70" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M70" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N70" s="25"/>
       <c r="O70" s="25"/>
     </row>
-    <row r="71" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A71" s="25"/>
       <c r="B71" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C71" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D71" s="18" t="s">
         <v>399</v>
       </c>
       <c r="E71" s="19" t="s">
         <v>140</v>
       </c>
       <c r="F71" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G71" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H71" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K71" s="19" t="s">
         <v>199</v>
       </c>
       <c r="L71" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M71" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N71" s="25"/>
       <c r="O71" s="25"/>
     </row>
-    <row r="72" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A72" s="25"/>
       <c r="B72" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C72" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D72" s="18" t="s">
         <v>414</v>
       </c>
       <c r="E72" s="19" t="s">
         <v>141</v>
       </c>
       <c r="F72" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G72" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H72" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K72" s="19" t="s">
         <v>200</v>
       </c>
       <c r="L72" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M72" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N72" s="25"/>
       <c r="O72" s="25"/>
     </row>
-    <row r="73" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A73" s="25"/>
       <c r="B73" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C73" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="18" t="s">
         <v>446</v>
       </c>
       <c r="E73" s="19" t="s">
         <v>143</v>
       </c>
       <c r="F73" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G73" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H73" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K73" s="19" t="s">
         <v>202</v>
       </c>
       <c r="L73" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M73" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N73" s="25"/>
       <c r="O73" s="25"/>
     </row>
-    <row r="74" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A74" s="25"/>
       <c r="B74" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C74" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D74" s="18" t="s">
         <v>472</v>
       </c>
       <c r="E74" s="19" t="s">
         <v>144</v>
       </c>
       <c r="F74" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H74" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K74" s="19" t="s">
         <v>203</v>
       </c>
       <c r="L74" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M74" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N74" s="25"/>
       <c r="O74" s="25"/>
     </row>
-    <row r="75" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A75" s="25"/>
       <c r="B75" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C75" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D75" s="18" t="s">
         <v>498</v>
       </c>
       <c r="E75" s="19" t="s">
         <v>145</v>
       </c>
       <c r="F75" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G75" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H75" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K75" s="19" t="s">
         <v>204</v>
       </c>
       <c r="L75" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M75" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N75" s="25"/>
       <c r="O75" s="25"/>
     </row>
-    <row r="76" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A76" s="25"/>
       <c r="B76" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C76" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D76" s="18" t="s">
         <v>539</v>
       </c>
       <c r="E76" s="19" t="s">
         <v>146</v>
       </c>
       <c r="F76" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G76" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H76" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K76" s="19" t="s">
         <v>206</v>
       </c>
       <c r="L76" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M76" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N76" s="25"/>
       <c r="O76" s="25"/>
     </row>
-    <row r="77" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A77" s="25"/>
       <c r="B77" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C77" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D77" s="18" t="s">
         <v>718</v>
       </c>
       <c r="E77" s="19" t="s">
         <v>147</v>
       </c>
       <c r="F77" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G77" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H77" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K77" s="19" t="s">
         <v>207</v>
       </c>
       <c r="L77" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M77" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N77" s="25"/>
       <c r="O77" s="25"/>
     </row>
-    <row r="78" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A78" s="25"/>
       <c r="B78" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C78" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D78" s="18" t="s">
         <v>423</v>
       </c>
       <c r="E78" s="19" t="s">
         <v>142</v>
       </c>
       <c r="F78" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G78" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H78" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K78" s="19" t="s">
         <v>201</v>
       </c>
       <c r="L78" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M78" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N78" s="25"/>
       <c r="O78" s="25"/>
     </row>
-    <row r="79" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A79" s="25"/>
       <c r="B79" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C79" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D79" s="18" t="s">
         <v>706</v>
       </c>
       <c r="E79" s="19" t="s">
         <v>148</v>
       </c>
       <c r="F79" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G79" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H79" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K79" s="19" t="s">
         <v>205</v>
       </c>
       <c r="L79" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M79" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N79" s="25"/>
       <c r="O79" s="25"/>
     </row>
-    <row r="80" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A80" s="25"/>
       <c r="B80" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C80" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D80" s="18" t="s">
         <v>727</v>
       </c>
       <c r="E80" s="19" t="s">
         <v>149</v>
       </c>
       <c r="F80" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G80" s="26" t="s">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="H80" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K80" s="19" t="s">
         <v>208</v>
       </c>
       <c r="L80" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M80" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N80" s="25"/>
       <c r="O80" s="25"/>
     </row>
     <row r="81" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A81" s="24" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="B81" s="36"/>
       <c r="C81" s="36"/>
       <c r="D81" s="24"/>
       <c r="E81" s="46"/>
       <c r="F81" s="118"/>
       <c r="G81" s="118"/>
       <c r="H81" s="118"/>
       <c r="I81" s="118"/>
       <c r="J81" s="118"/>
       <c r="K81" s="118"/>
       <c r="L81" s="24"/>
       <c r="M81" s="24"/>
     </row>
     <row r="82" spans="1:15" s="18" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B82" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C82" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="E82" s="19" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="F82" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G82" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H82" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K82" s="19" t="s">
         <v>230</v>
       </c>
       <c r="L82" s="19" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="M82" s="19" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="83" spans="1:15" s="18" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B83" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C83" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="E83" s="19" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="F83" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G83" s="19" t="s">
         <v>121</v>
       </c>
       <c r="H83" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K83" s="19" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="L83" s="19" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="M83" s="19" t="s">
-        <v>1307</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" s="18" customFormat="1" ht="92" x14ac:dyDescent="0.35">
       <c r="B84" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C84" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="E84" s="19" t="s">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="F84" s="18" t="s">
         <v>4</v>
       </c>
       <c r="G84" s="19" t="s">
         <v>229</v>
       </c>
       <c r="H84" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K84" s="19" t="s">
         <v>231</v>
       </c>
       <c r="L84" s="19" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="M84" s="19" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="85" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A85" s="24" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="B85" s="36"/>
       <c r="C85" s="36"/>
       <c r="D85" s="24"/>
       <c r="E85" s="46"/>
       <c r="F85" s="118"/>
       <c r="G85" s="118"/>
       <c r="H85" s="118"/>
       <c r="I85" s="118"/>
       <c r="J85" s="118"/>
       <c r="K85" s="118"/>
       <c r="L85" s="24"/>
       <c r="M85" s="24"/>
     </row>
     <row r="86" spans="1:15" s="23" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A86" s="25"/>
       <c r="B86" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C86" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D86" s="25" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="E86" s="26" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="F86" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G86" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H86" s="26" t="s">
         <v>232</v>
       </c>
       <c r="I86" s="25"/>
       <c r="J86" s="25"/>
       <c r="K86" s="25" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
       <c r="L86" s="25" t="s">
+        <v>1308</v>
+      </c>
+      <c r="M86" s="19" t="s">
         <v>1309</v>
       </c>
-      <c r="M86" s="19" t="s">
-[...3 lines deleted...]
-    <row r="87" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="87" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="A87" s="25"/>
       <c r="B87" s="37"/>
       <c r="C87" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D87" s="25" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="E87" s="26" t="s">
-        <v>1374</v>
+        <v>1373</v>
       </c>
       <c r="F87" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="H87" s="26" t="s">
         <v>232</v>
       </c>
       <c r="L87" s="19" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="M87" s="19" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="N87" s="25"/>
       <c r="O87" s="25"/>
     </row>
-    <row r="88" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="A88" s="25"/>
       <c r="B88" s="37"/>
       <c r="C88" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D88" s="25" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="E88" s="26" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="F88" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G88" s="19" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="H88" s="26" t="s">
         <v>232</v>
       </c>
       <c r="L88" s="25" t="s">
         <v>228</v>
       </c>
       <c r="M88" s="25" t="s">
         <v>228</v>
       </c>
       <c r="N88" s="25"/>
       <c r="O88" s="25"/>
     </row>
-    <row r="89" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="A89" s="25"/>
       <c r="B89" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C89" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="E89" s="19" t="s">
         <v>150</v>
       </c>
       <c r="F89" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="H89" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K89" s="19"/>
       <c r="L89" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M89" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N89" s="25"/>
       <c r="O89" s="25"/>
     </row>
-    <row r="90" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="A90" s="25"/>
       <c r="B90" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C90" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="E90" s="19" t="s">
         <v>151</v>
       </c>
       <c r="F90" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G90" s="19" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="H90" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K90" s="19"/>
       <c r="L90" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M90" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N90" s="25"/>
       <c r="O90" s="25"/>
     </row>
-    <row r="91" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:15" s="18" customFormat="1" ht="80.5" x14ac:dyDescent="0.35">
       <c r="A91" s="25"/>
       <c r="B91" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C91" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="E91" s="19" t="s">
         <v>152</v>
       </c>
       <c r="F91" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G91" s="19" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="H91" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K91" s="19"/>
       <c r="L91" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M91" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N91" s="25"/>
       <c r="O91" s="25"/>
     </row>
-    <row r="92" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:15" s="18" customFormat="1" ht="92" x14ac:dyDescent="0.35">
       <c r="A92" s="25"/>
       <c r="B92" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C92" s="44" t="s">
         <v>269</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="E92" s="19" t="s">
         <v>153</v>
       </c>
       <c r="F92" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G92" s="19" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="H92" s="19" t="s">
         <v>162</v>
       </c>
       <c r="K92" s="19"/>
       <c r="L92" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M92" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N92" s="25"/>
       <c r="O92" s="25"/>
     </row>
     <row r="93" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A93" s="24" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="B93" s="36"/>
       <c r="C93" s="36"/>
       <c r="D93" s="24"/>
       <c r="E93" s="46"/>
       <c r="F93" s="118"/>
       <c r="G93" s="118"/>
       <c r="H93" s="118"/>
       <c r="I93" s="118"/>
       <c r="J93" s="118"/>
       <c r="K93" s="118"/>
       <c r="L93" s="24"/>
       <c r="M93" s="24"/>
     </row>
     <row r="94" spans="1:15" s="23" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A94" s="25"/>
       <c r="B94" s="37"/>
       <c r="C94" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D94" s="25" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="E94" s="26" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="F94" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G94" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H94" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I94" s="25"/>
       <c r="J94" s="25"/>
       <c r="K94" s="25" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="L94" s="25" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="M94" s="25" t="s">
-        <v>1267</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="95" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A95" s="25"/>
       <c r="B95" s="37"/>
       <c r="C95" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="F95" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G95" s="19" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="H95" s="26" t="s">
+        <v>1385</v>
+      </c>
+      <c r="K95" s="18" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="L95" s="25"/>
       <c r="M95" s="25"/>
       <c r="N95" s="25"/>
       <c r="O95" s="25"/>
     </row>
-    <row r="96" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A96" s="25"/>
       <c r="B96" s="37"/>
       <c r="C96" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D96" s="25" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="E96" s="26" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="F96" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G96" s="19" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="H96" s="26" t="s">
         <v>232</v>
       </c>
       <c r="L96" s="25"/>
       <c r="M96" s="25"/>
       <c r="N96" s="25"/>
       <c r="O96" s="25"/>
     </row>
     <row r="97" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A97" s="25"/>
       <c r="B97" s="37"/>
       <c r="C97" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D97" s="25" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="E97" s="26" t="s">
         <v>239</v>
       </c>
       <c r="F97" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G97" s="19"/>
       <c r="H97" s="19" t="s">
         <v>237</v>
       </c>
       <c r="I97" s="18">
         <v>0</v>
       </c>
       <c r="J97" s="18">
         <v>20</v>
       </c>
       <c r="K97" s="26" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="L97" s="25"/>
       <c r="M97" s="25"/>
       <c r="N97" s="25"/>
       <c r="O97" s="25"/>
     </row>
     <row r="98" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A98" s="25"/>
       <c r="B98" s="37"/>
       <c r="C98" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D98" s="25" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="E98" s="26" t="s">
         <v>19</v>
       </c>
       <c r="F98" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G98" s="19"/>
       <c r="H98" s="19" t="s">
         <v>237</v>
       </c>
       <c r="I98" s="18">
         <v>0</v>
       </c>
       <c r="J98" s="18">
         <v>20</v>
       </c>
       <c r="K98" s="26" t="s">
         <v>252</v>
       </c>
       <c r="L98" s="25"/>
       <c r="M98" s="25"/>
       <c r="N98" s="25"/>
       <c r="O98" s="25"/>
     </row>
     <row r="99" spans="1:15" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.25">
       <c r="A99" s="25"/>
       <c r="B99" s="37"/>
       <c r="C99" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D99" s="25" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="E99" s="26" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G99" s="19"/>
       <c r="H99" s="19" t="s">
         <v>238</v>
       </c>
       <c r="I99" s="18">
         <v>0</v>
       </c>
       <c r="J99" s="18">
         <v>20</v>
       </c>
       <c r="K99" s="27" t="s">
         <v>233</v>
       </c>
       <c r="L99" s="25"/>
       <c r="M99" s="25"/>
       <c r="N99" s="25"/>
       <c r="O99" s="25"/>
     </row>
     <row r="100" spans="1:15" s="18" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A100" s="25"/>
       <c r="B100" s="37"/>
       <c r="C100" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D100" s="25" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="E100" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F100" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G100" s="19"/>
       <c r="H100" s="19" t="s">
         <v>237</v>
       </c>
       <c r="I100" s="18">
         <v>0</v>
       </c>
       <c r="J100" s="18">
         <v>7</v>
       </c>
       <c r="K100" s="26"/>
       <c r="L100" s="25"/>
       <c r="M100" s="25"/>
       <c r="N100" s="25"/>
       <c r="O100" s="25"/>
     </row>
     <row r="101" spans="1:15" s="18" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="25"/>
       <c r="B101" s="37"/>
       <c r="C101" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D101" s="25" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="E101" s="26" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G101" s="19"/>
       <c r="H101" s="19" t="s">
         <v>237</v>
       </c>
       <c r="I101" s="18">
         <v>0</v>
       </c>
       <c r="J101" s="18">
         <v>150</v>
       </c>
       <c r="K101" s="26" t="s">
         <v>253</v>
       </c>
       <c r="L101" s="25"/>
       <c r="M101" s="25"/>
       <c r="N101" s="25"/>
       <c r="O101" s="25"/>
     </row>
     <row r="102" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
       <c r="A102" s="25"/>
       <c r="B102" s="37"/>
       <c r="C102" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D102" s="25" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="E102" s="26" t="s">
         <v>128</v>
       </c>
       <c r="F102" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="19"/>
       <c r="H102" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I102" s="18">
         <v>0</v>
       </c>
       <c r="J102" s="18">
         <v>99999</v>
       </c>
       <c r="K102" s="26" t="s">
+        <v>1288</v>
+      </c>
+      <c r="L102" s="26" t="s">
         <v>1289</v>
       </c>
-      <c r="L102" s="26" t="s">
+      <c r="M102" s="26" t="s">
         <v>1290</v>
-      </c>
-[...1 lines deleted...]
-        <v>1291</v>
       </c>
       <c r="N102" s="25"/>
       <c r="O102" s="25"/>
     </row>
     <row r="103" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A103" s="24" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="B103" s="36"/>
       <c r="C103" s="36"/>
       <c r="D103" s="24"/>
       <c r="E103" s="46"/>
       <c r="F103" s="118"/>
       <c r="G103" s="118"/>
       <c r="H103" s="118"/>
       <c r="I103" s="118"/>
       <c r="J103" s="118"/>
       <c r="K103" s="118"/>
       <c r="L103" s="24"/>
       <c r="M103" s="24"/>
     </row>
     <row r="104" spans="1:15" s="18" customFormat="1" ht="80.5" x14ac:dyDescent="0.35">
       <c r="A104" s="25"/>
       <c r="B104" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C104" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D104" s="25" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="E104" s="26" t="s">
         <v>254</v>
       </c>
       <c r="F104" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G104" s="26" t="s">
         <v>121</v>
       </c>
       <c r="H104" s="19"/>
       <c r="K104" s="26" t="s">
         <v>255</v>
       </c>
       <c r="L104" s="18" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="M104" s="18" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="N104" s="25"/>
       <c r="O104" s="25"/>
     </row>
     <row r="105" spans="1:15" s="18" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A105" s="25"/>
       <c r="B105" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C105" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D105" s="26" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="E105" s="26" t="s">
         <v>236</v>
       </c>
       <c r="F105" s="18" t="s">
         <v>235</v>
       </c>
       <c r="G105" s="26" t="s">
         <v>121</v>
       </c>
       <c r="H105" s="19"/>
       <c r="K105" s="26"/>
       <c r="L105" s="18" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="M105" s="18" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="N105" s="28"/>
       <c r="O105" s="25"/>
     </row>
-    <row r="106" spans="1:15" s="18" customFormat="1" ht="46" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:15" s="18" customFormat="1" ht="264.5" x14ac:dyDescent="0.35">
       <c r="A106" s="25"/>
       <c r="B106" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C106" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D106" s="26" t="s">
         <v>133</v>
       </c>
       <c r="E106" s="29" t="s">
         <v>234</v>
       </c>
       <c r="F106" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G106" s="26" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="H106" s="19"/>
       <c r="K106" s="30" t="s">
         <v>263</v>
       </c>
       <c r="L106" s="18" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="M106" s="18" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="N106" s="28"/>
       <c r="O106" s="25"/>
     </row>
     <row r="107" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A107" s="24" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B107" s="36"/>
       <c r="C107" s="36"/>
       <c r="D107" s="24"/>
       <c r="E107" s="46"/>
       <c r="F107" s="118"/>
       <c r="G107" s="118"/>
       <c r="H107" s="118"/>
       <c r="I107" s="118"/>
       <c r="J107" s="118"/>
       <c r="K107" s="118"/>
       <c r="L107" s="24"/>
       <c r="M107" s="24"/>
     </row>
     <row r="108" spans="1:15" s="23" customFormat="1" ht="16.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A108" s="25"/>
       <c r="B108" s="37"/>
       <c r="C108" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D108" s="25" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="E108" s="26" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="F108" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G108" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H108" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I108" s="25"/>
       <c r="J108" s="25"/>
       <c r="K108" s="25" t="s">
-        <v>1353</v>
+        <v>1352</v>
       </c>
       <c r="L108" s="25" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="M108" s="25" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="109" spans="1:15" s="18" customFormat="1" ht="69" x14ac:dyDescent="0.35">
       <c r="A109" s="25"/>
       <c r="B109" s="37"/>
       <c r="C109" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D109" s="25" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="E109" s="26" t="s">
         <v>227</v>
       </c>
       <c r="F109" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G109" s="19" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="H109" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I109" s="18">
         <v>0</v>
       </c>
       <c r="J109" s="18">
         <v>99</v>
       </c>
       <c r="K109" s="26" t="s">
         <v>240</v>
       </c>
       <c r="L109" s="19" t="s">
+        <v>1301</v>
+      </c>
+      <c r="M109" s="26" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
       <c r="N109" s="25"/>
       <c r="O109" s="25"/>
     </row>
     <row r="110" spans="1:15" s="18" customFormat="1" ht="161" x14ac:dyDescent="0.35">
       <c r="A110" s="25"/>
       <c r="B110" s="37"/>
       <c r="C110" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D110" s="25" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="E110" s="26" t="s">
         <v>25</v>
       </c>
       <c r="F110" s="25" t="s">
         <v>10</v>
       </c>
       <c r="G110" s="19" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="H110" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I110" s="18">
         <v>0</v>
       </c>
       <c r="J110" s="18">
         <v>20</v>
       </c>
       <c r="K110" s="26" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="L110" s="25" t="s">
         <v>228</v>
       </c>
       <c r="M110" s="25" t="s">
         <v>228</v>
       </c>
       <c r="N110" s="25"/>
       <c r="O110" s="25"/>
     </row>
     <row r="111" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A111" s="24" t="s">
         <v>159</v>
       </c>
       <c r="B111" s="36"/>
       <c r="C111" s="36"/>
       <c r="D111" s="24"/>
       <c r="E111" s="46"/>
       <c r="F111" s="118"/>
       <c r="G111" s="118"/>
       <c r="H111" s="118"/>
       <c r="I111" s="118"/>
       <c r="J111" s="118"/>
       <c r="K111" s="118"/>
       <c r="L111" s="24"/>
       <c r="M111" s="24"/>
     </row>
     <row r="112" spans="1:15" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B112" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C112" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="E112" s="19" t="s">
         <v>259</v>
       </c>
       <c r="F112" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G112" s="19"/>
       <c r="H112" s="19" t="s">
         <v>246</v>
       </c>
       <c r="K112" s="19" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="113" spans="2:11" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="B113" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C113" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D113" s="18" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="E113" s="19" t="s">
         <v>260</v>
       </c>
       <c r="F113" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G113" s="19"/>
       <c r="H113" s="19" t="s">
         <v>246</v>
       </c>
       <c r="K113" s="19" t="s">
         <v>262</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="F111:K111"/>
     <mergeCell ref="F107:K107"/>
     <mergeCell ref="F28:K28"/>
     <mergeCell ref="F38:K38"/>
     <mergeCell ref="F7:K7"/>
     <mergeCell ref="F30:K30"/>
     <mergeCell ref="F103:K103"/>
     <mergeCell ref="F25:K25"/>
@@ -9035,51 +9040,51 @@
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>858</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>857</v>
       </c>
       <c r="C16" s="60"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>860</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>859</v>
       </c>
       <c r="C17" s="61"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>861</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="C18" s="9"/>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>863</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>864</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
         <v>866</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>941</v>
@@ -9351,54 +9356,54 @@
         <v>18009306</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>928</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="62">
         <v>22220069</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>930</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="62">
         <v>22220069</v>
       </c>
       <c r="B56" s="9" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C56" s="9" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="62">
         <v>22220069</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>932</v>
       </c>
       <c r="C57" s="9" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A58" s="62">
         <v>22220069</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>934</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
@@ -9418,341 +9423,341 @@
       </c>
       <c r="B60" s="9" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" s="62">
         <v>22220435</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>938</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF2FB927-36BA-4A6B-97F9-32B8D37517EB}">
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B28" sqref="B28"/>
+      <selection pane="bottomLeft" activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.54296875" style="9"/>
     <col min="5" max="5" width="13.1796875" style="9" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.54296875" style="9" customWidth="1"/>
     <col min="7" max="7" width="38.7265625" style="9" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" style="9" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="43" style="9" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="65.54296875" style="9" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="8.54296875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>165</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>1008</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C2" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="9" t="s">
-        <v>1193</v>
-[...1 lines deleted...]
-      <c r="B3" s="119" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B3" s="9" t="s">
         <v>1010</v>
       </c>
       <c r="C3" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="92" t="s">
         <v>1009</v>
       </c>
       <c r="B4" s="92" t="s">
         <v>1010</v>
       </c>
       <c r="C4" s="94" t="s">
-        <v>1188</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>1011</v>
       </c>
-      <c r="B5" s="119" t="s">
+      <c r="B5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>1012</v>
       </c>
-      <c r="B6" s="119" t="s">
+      <c r="B6" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>1013</v>
       </c>
-      <c r="B7" s="119" t="s">
+      <c r="B7" s="9" t="s">
         <v>224</v>
       </c>
       <c r="C7" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="116" t="s">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="B8" s="116" t="s">
         <v>224</v>
       </c>
       <c r="C8" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="116" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="B9" s="116" t="s">
         <v>224</v>
       </c>
       <c r="C9" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="116" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="B10" s="116" t="s">
         <v>224</v>
       </c>
       <c r="C10" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>1014</v>
       </c>
-      <c r="B11" s="119" t="s">
+      <c r="B11" s="9" t="s">
         <v>225</v>
       </c>
       <c r="C11" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="93" t="s">
         <v>1191</v>
-      </c>
-[...4 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="116" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="B13" s="116" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="92" t="s">
         <v>1015</v>
       </c>
       <c r="B14" s="92" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="95" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>1016</v>
       </c>
-      <c r="B15" s="119" t="s">
+      <c r="B15" s="9" t="s">
         <v>1017</v>
       </c>
       <c r="C15" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>1018</v>
       </c>
-      <c r="B16" s="119" t="s">
+      <c r="B16" s="9" t="s">
         <v>1019</v>
       </c>
       <c r="C16" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>1020</v>
       </c>
-      <c r="B17" s="119" t="s">
-        <v>1021</v>
+      <c r="B17" s="9" t="s">
+        <v>1414</v>
       </c>
       <c r="C17" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="116" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="B18" s="116" t="s">
-        <v>1021</v>
+        <v>1414</v>
       </c>
       <c r="C18" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
-        <v>1022</v>
-[...1 lines deleted...]
-      <c r="B19" s="119" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B19" s="9" t="s">
         <v>129</v>
       </c>
       <c r="C19" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="116" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="B20" s="116" t="s">
         <v>129</v>
       </c>
       <c r="C20" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="B21" s="119" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B21" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C21" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B22" s="9" t="s">
         <v>1024</v>
       </c>
-      <c r="B22" s="119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B23" s="9" t="s">
         <v>1026</v>
       </c>
-      <c r="B23" s="119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="116" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="B24" s="116" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="C24" s="117" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B25" s="9" t="s">
         <v>1028</v>
       </c>
-      <c r="B25" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="93" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C25" xr:uid="{EF2FB927-36BA-4A6B-97F9-32B8D37517EB}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="16.453125" customWidth="1"/>
     <col min="2" max="2" width="46.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.35">
@@ -13902,51 +13907,51 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.54296875" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.54296875" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="31.54296875" style="6" customWidth="1"/>
     <col min="4" max="4" width="41.54296875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="39" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>799</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="16" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
         <v>1</v>
       </c>
       <c r="B3" s="6">
         <v>69145</v>
@@ -13963,51 +13968,51 @@
         <v>69146</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>3</v>
       </c>
       <c r="B5" s="6">
         <v>73936</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
         <v>4</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.453125" style="9" customWidth="1"/>
     <col min="2" max="2" width="10.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="77.54296875" style="9" customWidth="1"/>
     <col min="4" max="4" width="17.453125" style="57" customWidth="1"/>
     <col min="5" max="16384" width="9.453125" style="9"/>
   </cols>
   <sheetData>
@@ -14667,312 +14672,312 @@
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A78BF41C-0F09-47D1-8B1A-5199BAE5BE3A}">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="13.54296875" customWidth="1"/>
     <col min="2" max="2" width="62" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="87" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="84" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" s="86" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" s="9" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B5" s="9" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" s="9" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B6" s="9" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B7" s="9" t="s">
         <v>1092</v>
-      </c>
-[...1 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" s="9" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B8" s="9" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B9" s="9" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" s="9" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B10" s="9" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B11" s="9" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" s="9" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B12" s="9" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B13" s="9" t="s">
         <v>1104</v>
-      </c>
-[...1 lines deleted...]
-        <v>1105</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A14" s="9" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B14" s="9" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A15" s="9" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B15" s="9" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A16" s="9" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B16" s="9" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A17" s="9" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B17" s="9" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A18" s="9" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B18" s="9" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A19" s="9" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B19" s="9" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A20" s="9" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B20" s="9" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A21" s="9" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B21" s="9" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A22" s="9" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B22" s="9" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B23" s="9" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B24" s="9" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B25" s="9" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A26" s="9" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B26" s="9" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A28" s="9" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B28" s="9" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B29" s="9" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A30" s="9" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B30" s="9" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A31" s="9" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B31" s="9" t="s">
         <v>1140</v>
-      </c>
-[...1 lines deleted...]
-        <v>1141</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A32" s="9" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B32" s="9" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A33" s="9" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B33" s="9" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A34" s="9" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B34" s="9" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A35" s="9" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B35" s="9" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{3D3A7F88-DF76-4354-B822-16C6BEA04453}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
     <col min="2" max="2" width="41.54296875" customWidth="1"/>
     <col min="3" max="3" width="22.453125" customWidth="1"/>
   </cols>
@@ -15063,379 +15068,387 @@
       <c r="C9" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7FDE375-B869-488D-BB4A-74A148133D3E}">
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C48" sqref="C48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.81640625" style="9" customWidth="1"/>
     <col min="2" max="2" width="22.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="100" style="106" customWidth="1"/>
     <col min="4" max="16384" width="8.81640625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="105" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="13" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A4" s="108">
         <v>1</v>
       </c>
       <c r="B4" s="106" t="s">
-        <v>1377</v>
+        <v>1376</v>
       </c>
       <c r="C4" s="107" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A5" s="108">
         <v>2</v>
       </c>
       <c r="B5" s="106" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="C5" s="107" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A6" s="108">
         <v>3</v>
       </c>
       <c r="B6" s="106" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="C6" s="107" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A7" s="108">
         <v>4</v>
       </c>
       <c r="B7" s="106" t="s">
-        <v>1380</v>
+        <v>1379</v>
       </c>
       <c r="C7" s="107" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A8" s="108">
         <v>5</v>
       </c>
       <c r="B8" s="106" t="s">
-        <v>1381</v>
+        <v>1380</v>
       </c>
       <c r="C8" s="107" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A9" s="108">
         <v>6</v>
       </c>
       <c r="B9" s="106" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="C9" s="107" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A10" s="108">
         <v>7</v>
       </c>
       <c r="B10" s="106" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="C10" s="107" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A11" s="108">
         <v>8</v>
       </c>
       <c r="B11" s="106" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="C11" s="107" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A12" s="108">
         <v>9</v>
       </c>
       <c r="B12" s="106" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
       <c r="C12" s="107" t="s">
-        <v>1370</v>
+        <v>1369</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D15" sqref="D15"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="16.453125" customWidth="1"/>
     <col min="3" max="3" width="13.54296875" customWidth="1"/>
     <col min="4" max="4" width="109.453125" style="66" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.4">
       <c r="A1" s="8" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="18" x14ac:dyDescent="0.4">
       <c r="A2" s="8"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>952</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>953</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>954</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="64" t="s">
         <v>951</v>
       </c>
       <c r="B4" s="64" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C4" s="65">
         <v>44061</v>
       </c>
       <c r="D4" s="27" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" s="64" t="s">
         <v>957</v>
       </c>
       <c r="B5" s="64" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C5" s="65">
         <v>45033</v>
       </c>
       <c r="D5" s="27" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" s="64" t="s">
         <v>958</v>
       </c>
       <c r="B6" s="64" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C6" s="65">
         <v>45047</v>
       </c>
       <c r="D6" s="27" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A7" s="64" t="s">
         <v>960</v>
       </c>
       <c r="B7" s="64" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C7" s="65">
         <v>45063</v>
       </c>
       <c r="D7" s="27" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="64" t="s">
         <v>966</v>
       </c>
       <c r="B8" s="64" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C8" s="65">
         <v>45131</v>
       </c>
       <c r="D8" s="27" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A9" s="64" t="s">
         <v>972</v>
       </c>
       <c r="B9" s="64" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="C9" s="65">
         <v>45197</v>
       </c>
       <c r="D9" s="27" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="93" x14ac:dyDescent="0.35">
       <c r="A10" s="64" t="s">
         <v>974</v>
       </c>
       <c r="B10" s="27" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="C10" s="65">
         <v>45414</v>
       </c>
       <c r="D10" s="27" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="241.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="64" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B11" s="64" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
       <c r="C11" s="65">
         <v>45488</v>
       </c>
       <c r="D11" s="91" t="s">
-        <v>1401</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="35.5" x14ac:dyDescent="0.35">
       <c r="A12" s="64" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="B12" s="64" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="C12" s="65">
         <v>45565</v>
       </c>
       <c r="D12" s="91" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="24" x14ac:dyDescent="0.35">
       <c r="A13" s="64" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="B13" s="64" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="C13" s="65">
         <v>45622</v>
       </c>
       <c r="D13" s="91" t="s">
-        <v>1399</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A14" s="64" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B14" s="64" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
       <c r="C14" s="65">
         <v>45733</v>
       </c>
       <c r="D14" s="27" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A15" s="64" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="B15" s="64" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="C15" s="65">
         <v>45973</v>
       </c>
       <c r="D15" s="27" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A16" s="64" t="s">
         <v>1412</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D16" s="27"/>
+      <c r="B16" s="64" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C16" s="65">
+        <v>45993</v>
+      </c>
+      <c r="D16" s="27" t="s">
+        <v>1413</v>
+      </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A17" s="64"/>
       <c r="B17" s="64"/>
       <c r="C17" s="65"/>
       <c r="D17" s="27"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" s="64"/>
       <c r="B18" s="64"/>
       <c r="C18" s="65"/>
       <c r="D18" s="27"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A19" s="64"/>
       <c r="B19" s="64"/>
       <c r="C19" s="65"/>
       <c r="D19" s="27"/>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" s="64"/>
       <c r="B20" s="64"/>
       <c r="C20" s="65"/>
       <c r="D20" s="27"/>
     </row>
@@ -15907,111 +15920,111 @@
       <c r="C98" s="65"/>
       <c r="D98" s="27"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.54296875" style="74" customWidth="1"/>
     <col min="2" max="2" width="28" style="74" customWidth="1"/>
     <col min="3" max="18" width="17.54296875" style="74" customWidth="1"/>
     <col min="19" max="16384" width="8.54296875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="72" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A2" s="73" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A3" s="73" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A4" s="73" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A5" s="73" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A6" s="73"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A7" s="81"/>
       <c r="B7" s="73" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="C7" s="73"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A8" s="82"/>
       <c r="B8" s="73" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="C8" s="73"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A9" s="83"/>
       <c r="B9" s="73" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="C9" s="73"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A10" s="73"/>
       <c r="B10" s="73"/>
       <c r="C10" s="73"/>
     </row>
     <row r="11" spans="1:18" ht="18" x14ac:dyDescent="0.35">
       <c r="A11" s="72" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="12" spans="1:18" s="97" customFormat="1" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="96"/>
       <c r="B12" s="70" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>969</v>
       </c>
       <c r="D12" s="70" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="70" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="70" t="s">
         <v>174</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>175</v>
       </c>
       <c r="H12" s="70" t="s">
         <v>6</v>
       </c>
       <c r="I12" s="70" t="s">
         <v>180</v>
       </c>
       <c r="J12" s="70" t="s">
         <v>181</v>
       </c>
@@ -16023,51 +16036,51 @@
       </c>
       <c r="M12" s="70" t="s">
         <v>177</v>
       </c>
       <c r="N12" s="70" t="s">
         <v>178</v>
       </c>
       <c r="O12" s="70" t="s">
         <v>179</v>
       </c>
       <c r="P12" s="79" t="s">
         <v>755</v>
       </c>
       <c r="Q12" s="79" t="s">
         <v>742</v>
       </c>
       <c r="R12" s="70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:18" s="98" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A13" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B13" s="76" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="C13" s="76" t="s">
         <v>988</v>
       </c>
       <c r="D13" s="76" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="76" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="76" t="s">
         <v>982</v>
       </c>
       <c r="G13" s="76" t="s">
         <v>175</v>
       </c>
       <c r="H13" s="76" t="s">
         <v>6</v>
       </c>
       <c r="I13" s="76" t="s">
         <v>983</v>
       </c>
       <c r="J13" s="76" t="s">
         <v>984</v>
       </c>
@@ -16079,87 +16092,87 @@
       </c>
       <c r="M13" s="76" t="s">
         <v>985</v>
       </c>
       <c r="N13" s="76" t="s">
         <v>178</v>
       </c>
       <c r="O13" s="76" t="s">
         <v>179</v>
       </c>
       <c r="P13" s="76" t="s">
         <v>962</v>
       </c>
       <c r="Q13" s="76" t="s">
         <v>963</v>
       </c>
       <c r="R13" s="76" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:18" s="98" customFormat="1" ht="60" x14ac:dyDescent="0.35">
       <c r="A14" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B14" s="71" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C14" s="71" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71" t="s">
         <v>993</v>
       </c>
       <c r="L14" s="88" t="s">
         <v>994</v>
       </c>
       <c r="M14" s="71"/>
       <c r="N14" s="71"/>
       <c r="O14" s="88" t="s">
         <v>995</v>
       </c>
       <c r="P14" s="71"/>
       <c r="Q14" s="88" t="s">
         <v>996</v>
       </c>
       <c r="R14" s="71"/>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.35">
       <c r="B15" s="73"/>
       <c r="C15" s="73"/>
       <c r="D15" s="73"/>
     </row>
     <row r="16" spans="1:18" ht="18" x14ac:dyDescent="0.35">
       <c r="A16" s="68" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="B16" s="69"/>
       <c r="C16" s="69"/>
       <c r="D16" s="69"/>
     </row>
     <row r="17" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="96"/>
       <c r="B17" s="70" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A18" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B18" s="76" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="98" customFormat="1" ht="10" x14ac:dyDescent="0.35">
       <c r="A19" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B19" s="88" t="s">
         <v>166</v>
@@ -16177,51 +16190,51 @@
       </c>
     </row>
     <row r="23" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A23" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B23" s="76" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B24" s="71" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B25" s="77"/>
       <c r="C25" s="78"/>
       <c r="D25" s="78"/>
     </row>
     <row r="26" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A26" s="72" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="100"/>
       <c r="B27" s="80" t="s">
         <v>164</v>
       </c>
       <c r="C27" s="80" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="80" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="80" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="80" t="s">
         <v>123</v>
       </c>
       <c r="G27" s="80" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="80" t="s">
         <v>14</v>
       </c>
@@ -16241,451 +16254,451 @@
       </c>
       <c r="E28" s="76" t="s">
         <v>1000</v>
       </c>
       <c r="F28" s="76" t="s">
         <v>1001</v>
       </c>
       <c r="G28" s="76" t="s">
         <v>1002</v>
       </c>
       <c r="H28" s="76" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A29" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B29" s="71" t="s">
         <v>1004</v>
       </c>
       <c r="C29" s="89" t="s">
         <v>944</v>
       </c>
       <c r="D29" s="89" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="E29" s="89" t="s">
         <v>944</v>
       </c>
       <c r="F29" s="89" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="G29" s="89" t="s">
         <v>992</v>
       </c>
       <c r="H29" s="89" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B30" s="77"/>
       <c r="C30" s="78"/>
       <c r="D30" s="78"/>
     </row>
     <row r="31" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A31" s="72" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="B31" s="69"/>
     </row>
     <row r="32" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="96"/>
       <c r="B32" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C32" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D32" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A33" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B33" s="76" t="s">
         <v>1005</v>
       </c>
       <c r="C33" s="76" t="s">
         <v>1006</v>
       </c>
       <c r="D33" s="76" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="34" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B34" s="88" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="C34" s="71" t="s">
         <v>192</v>
       </c>
       <c r="D34" s="71" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A36" s="72" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="B36" s="69"/>
     </row>
     <row r="37" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="96"/>
       <c r="B37" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C37" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D37" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A38" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B38" s="76" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C38" s="76" t="s">
         <v>1056</v>
       </c>
-      <c r="C38" s="76" t="s">
+      <c r="D38" s="76" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="39" spans="1:4" s="97" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A39" s="112" t="s">
         <v>991</v>
       </c>
       <c r="B39" s="113" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C39" s="113" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="D39" s="112" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A40" s="114"/>
       <c r="B40" s="115"/>
       <c r="C40" s="115" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="D40" s="114"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B41" s="78"/>
       <c r="C41" s="73"/>
       <c r="D41" s="73"/>
     </row>
     <row r="42" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A42" s="72" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="B42" s="69"/>
     </row>
     <row r="43" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A43" s="96"/>
       <c r="B43" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C43" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D43" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A44" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B44" s="76" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C44" s="76" t="s">
         <v>1047</v>
       </c>
-      <c r="C44" s="76" t="s">
+      <c r="D44" s="76" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
     </row>
     <row r="45" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A45" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B45" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C45" s="88" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="D45" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A47" s="72" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="B47" s="69"/>
     </row>
     <row r="48" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A48" s="96"/>
       <c r="B48" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C48" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A49" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B49" s="76" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C49" s="76" t="s">
         <v>1053</v>
       </c>
-      <c r="C49" s="76" t="s">
+      <c r="D49" s="76" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="50" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A50" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B50" s="71" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="C50" s="71" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D50" s="71" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A52" s="72" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="B52" s="69"/>
     </row>
     <row r="53" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="96"/>
       <c r="B53" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C53" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D53" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A54" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B54" s="76" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C54" s="76" t="s">
         <v>1050</v>
       </c>
-      <c r="C54" s="76" t="s">
+      <c r="D54" s="76" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="55" spans="1:4" s="97" customFormat="1" ht="64.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B55" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C55" s="88" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="D55" s="71" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A57" s="72" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="B57" s="69"/>
     </row>
     <row r="58" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A58" s="100"/>
       <c r="B58" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C58" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D58" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A59" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B59" s="76" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C59" s="76" t="s">
         <v>1033</v>
       </c>
-      <c r="C59" s="76" t="s">
+      <c r="D59" s="76" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="60" spans="1:4" s="97" customFormat="1" ht="75.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B60" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C60" s="71" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="D60" s="71" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A62" s="72" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="B62" s="69"/>
     </row>
     <row r="63" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A63" s="96"/>
       <c r="B63" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D63" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A64" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B64" s="76" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C64" s="76" t="s">
         <v>1041</v>
       </c>
-      <c r="C64" s="76" t="s">
+      <c r="D64" s="76" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="65" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A65" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B65" s="88" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="C65" s="71" t="s">
         <v>978</v>
       </c>
       <c r="D65" s="71" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B66" s="78"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
     </row>
     <row r="67" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A67" s="72" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B67" s="69"/>
     </row>
     <row r="68" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A68" s="100"/>
       <c r="B68" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C68" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D68" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="69" spans="1:4" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A69" s="76" t="s">
         <v>987</v>
       </c>
       <c r="B69" s="76" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C69" s="76" t="s">
         <v>1038</v>
       </c>
-      <c r="C69" s="76" t="s">
+      <c r="D69" s="76" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="70" spans="1:4" s="97" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A70" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B70" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C70" s="88" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="D70" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B71" s="78"/>
       <c r="C71" s="78"/>
       <c r="D71" s="78"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B60" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{4ADF1AFF-F9E8-442B-9A1E-DAD8ED7EA8D3}"/>
     <hyperlink ref="B19" r:id="rId1" xr:uid="{30ECD611-C09C-46E3-AF43-B0941537EA47}"/>
     <hyperlink ref="L14" location="Code_Geslacht!A1" display="code uit lijst 'Geslacht'" xr:uid="{7FDA02C6-DDFB-4E1E-BC0B-A9A7589B86E4}"/>
     <hyperlink ref="O14" location="Code_Doodsoorzaak!A1" display="code uit lijst 'Doodsoorzaak'" xr:uid="{1E6ADCD9-B16B-4472-A219-D7CCD79B1FA4}"/>
     <hyperlink ref="Q14" location="Code_Therapiekeuze!A1" display="code uit lijst 'Therapiekeuze'" xr:uid="{31A7FCA4-E60B-4864-86E5-8DF28A1B08D7}"/>
     <hyperlink ref="C29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{811E92F1-A334-440D-A468-3D49CAEC63C8}"/>
     <hyperlink ref="E29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{210B5A8F-C9DD-4206-8D27-62EDEE0053EB}"/>
     <hyperlink ref="D29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{2F05722A-90A4-4750-9137-F2DF88926E23}"/>
     <hyperlink ref="F29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{312AF58C-0128-4663-9418-AEAB9C3142EE}"/>
     <hyperlink ref="G29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{11ABAE71-F9E0-4449-8387-20FA8570620D}"/>
     <hyperlink ref="H29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{A0B4F11D-0D8D-4A1A-9660-F548ACEADE8C}"/>
     <hyperlink ref="B34" location="Code_Lab!A1" display="LOINC code, zie lijst 'Lab'" xr:uid="{5797BC8F-4652-4878-AB54-F9098699E69B}"/>
     <hyperlink ref="B70" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{DE5842D3-28DA-449D-BB4C-10E892AE1C64}"/>
@@ -16699,141 +16712,141 @@
     <hyperlink ref="C39" location="Code_Roken!A1" display="meetwaarde of in geval van rookgedrag, zie lijst 'Roken'" xr:uid="{FBE0886D-7CE4-406D-AB2B-2A47B54AAC2C}"/>
     <hyperlink ref="C40" location="Code_CFS!A1" display="in geval van CFS, zie lijst 'CFS'" xr:uid="{D6C3EC31-2B25-4D29-9BF0-5874DF5F681E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E4D2583-6544-4545-A3A0-582208F671C8}">
   <dimension ref="A1:Q71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H42" sqref="H42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.54296875" style="74" customWidth="1"/>
     <col min="2" max="17" width="17.54296875" style="74" customWidth="1"/>
     <col min="18" max="16384" width="8.54296875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="72" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A2" s="73" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A3" s="73" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A4" s="73" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A5" s="73" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="6" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A6" s="73"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A7" s="81"/>
       <c r="B7" s="73" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="C7" s="73"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A8" s="82"/>
       <c r="B8" s="73" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="C8" s="73"/>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A9" s="83"/>
       <c r="B9" s="73" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="C9" s="73"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A10" s="73"/>
       <c r="B10" s="73"/>
       <c r="C10" s="73"/>
     </row>
     <row r="11" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A11" s="72" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="12" spans="1:17" s="97" customFormat="1" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="96"/>
       <c r="B12" s="70" t="s">
         <v>969</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="70" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="70" t="s">
         <v>174</v>
       </c>
       <c r="F12" s="70" t="s">
         <v>175</v>
       </c>
       <c r="G12" s="70" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="70" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="I12" s="70" t="s">
         <v>181</v>
       </c>
       <c r="J12" s="70" t="s">
         <v>176</v>
       </c>
       <c r="K12" s="70" t="s">
         <v>7</v>
       </c>
       <c r="L12" s="70" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="M12" s="70" t="s">
         <v>178</v>
       </c>
       <c r="N12" s="70" t="s">
         <v>179</v>
       </c>
       <c r="O12" s="79" t="s">
         <v>755</v>
       </c>
       <c r="P12" s="79" t="s">
         <v>742</v>
       </c>
       <c r="Q12" s="70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:17" s="98" customFormat="1" ht="10" x14ac:dyDescent="0.35">
       <c r="A13" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B13" s="75" t="s">
         <v>986</v>
       </c>
       <c r="C13" s="75" t="s">
@@ -16896,51 +16909,51 @@
       <c r="I14" s="71"/>
       <c r="J14" s="71" t="s">
         <v>993</v>
       </c>
       <c r="K14" s="88" t="s">
         <v>994</v>
       </c>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="88" t="s">
         <v>995</v>
       </c>
       <c r="O14" s="71"/>
       <c r="P14" s="88" t="s">
         <v>996</v>
       </c>
       <c r="Q14" s="71"/>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B15" s="73"/>
       <c r="C15" s="73"/>
       <c r="D15" s="73"/>
     </row>
     <row r="16" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A16" s="68" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="B16" s="69"/>
       <c r="C16" s="69"/>
       <c r="D16" s="69"/>
     </row>
     <row r="17" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="96"/>
       <c r="B17" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C17" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D17" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A18" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B18" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C18" s="75" t="s">
@@ -16994,51 +17007,51 @@
       <c r="D23" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B24" s="71" t="s">
         <v>243</v>
       </c>
       <c r="C24" s="71" t="s">
         <v>242</v>
       </c>
       <c r="D24" s="71" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B25" s="77"/>
       <c r="C25" s="78"/>
       <c r="D25" s="78"/>
     </row>
     <row r="26" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A26" s="72" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="100"/>
       <c r="B27" s="80" t="s">
         <v>164</v>
       </c>
       <c r="C27" s="80" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="80" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="80" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="80" t="s">
         <v>123</v>
       </c>
       <c r="G27" s="80" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="80" t="s">
         <v>14</v>
       </c>
@@ -17058,463 +17071,463 @@
       </c>
       <c r="E28" s="75" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="75" t="s">
         <v>123</v>
       </c>
       <c r="G28" s="75" t="s">
         <v>13</v>
       </c>
       <c r="H28" s="75" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="97" customFormat="1" ht="20" x14ac:dyDescent="0.35">
       <c r="A29" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B29" s="71" t="s">
         <v>1004</v>
       </c>
       <c r="C29" s="89" t="s">
         <v>944</v>
       </c>
       <c r="D29" s="89" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="E29" s="89" t="s">
         <v>944</v>
       </c>
       <c r="F29" s="89" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="G29" s="89" t="s">
         <v>992</v>
       </c>
       <c r="H29" s="89" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B30" s="77"/>
       <c r="C30" s="78"/>
       <c r="D30" s="78"/>
     </row>
     <row r="31" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A31" s="72" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="B31" s="69"/>
     </row>
     <row r="32" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="96"/>
       <c r="B32" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C32" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D32" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A33" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B33" s="75" t="s">
         <v>172</v>
       </c>
       <c r="C33" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D33" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B34" s="88" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="C34" s="71" t="s">
         <v>192</v>
       </c>
       <c r="D34" s="71" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="18" x14ac:dyDescent="0.35">
       <c r="A36" s="72" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="B36" s="69"/>
     </row>
     <row r="37" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="96"/>
       <c r="B37" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C37" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D37" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A38" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B38" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C38" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D38" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:4" s="97" customFormat="1" ht="30" x14ac:dyDescent="0.35">
       <c r="A39" s="109" t="s">
         <v>991</v>
       </c>
       <c r="B39" s="110" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C39" s="111" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="D39" s="109" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="20" x14ac:dyDescent="0.35">
       <c r="A40" s="114"/>
       <c r="B40" s="115"/>
       <c r="C40" s="115" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="D40" s="114"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B41" s="78"/>
       <c r="C41" s="73"/>
       <c r="D41" s="73"/>
     </row>
     <row r="42" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A42" s="72" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="B42" s="69"/>
       <c r="C42" s="74"/>
       <c r="D42" s="74"/>
     </row>
     <row r="43" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A43" s="96"/>
       <c r="B43" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C43" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D43" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A44" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B44" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C44" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D44" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="30" x14ac:dyDescent="0.35">
       <c r="A45" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B45" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C45" s="88" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="D45" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A47" s="72" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="B47" s="69"/>
       <c r="C47" s="74"/>
       <c r="D47" s="74"/>
     </row>
     <row r="48" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A48" s="96"/>
       <c r="B48" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C48" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A49" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B49" s="75" t="s">
         <v>172</v>
       </c>
       <c r="C49" s="75" t="s">
         <v>132</v>
       </c>
       <c r="D49" s="75" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A50" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B50" s="71" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="C50" s="71" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D50" s="71" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="52" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A52" s="72" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="B52" s="69"/>
       <c r="C52" s="74"/>
       <c r="D52" s="74"/>
     </row>
     <row r="53" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="96"/>
       <c r="B53" s="70" t="s">
         <v>165</v>
       </c>
       <c r="C53" s="70" t="s">
         <v>163</v>
       </c>
       <c r="D53" s="70" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:4" s="97" customFormat="1" ht="64.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B54" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C54" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="50" x14ac:dyDescent="0.35">
       <c r="A55" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B55" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C55" s="88" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="D55" s="71" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A57" s="72" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="B57" s="69"/>
       <c r="C57" s="74"/>
       <c r="D57" s="74"/>
     </row>
     <row r="58" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A58" s="100"/>
       <c r="B58" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C58" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D58" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:4" s="97" customFormat="1" ht="74.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B59" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C59" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D59" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="60" x14ac:dyDescent="0.35">
       <c r="A60" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B60" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C60" s="71" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="D60" s="71" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="62" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A62" s="72" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="B62" s="69"/>
       <c r="C62" s="74"/>
       <c r="D62" s="74"/>
     </row>
     <row r="63" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A63" s="96"/>
       <c r="B63" s="70" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="70" t="s">
         <v>132</v>
       </c>
       <c r="D63" s="70" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A64" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B64" s="75" t="s">
         <v>172</v>
       </c>
       <c r="C64" s="75" t="s">
         <v>132</v>
       </c>
       <c r="D64" s="75" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="30" x14ac:dyDescent="0.35">
       <c r="A65" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B65" s="88" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="C65" s="71" t="s">
         <v>978</v>
       </c>
       <c r="D65" s="71" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B66" s="78"/>
       <c r="C66" s="78"/>
       <c r="D66" s="78"/>
     </row>
     <row r="67" spans="1:4" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A67" s="72" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="B67" s="69"/>
       <c r="C67" s="74"/>
       <c r="D67" s="74"/>
     </row>
     <row r="68" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A68" s="100"/>
       <c r="B68" s="80" t="s">
         <v>165</v>
       </c>
       <c r="C68" s="80" t="s">
         <v>163</v>
       </c>
       <c r="D68" s="80" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="69" spans="1:4" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A69" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B69" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C69" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D69" s="75" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="30" x14ac:dyDescent="0.35">
       <c r="A70" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B70" s="85" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="C70" s="88" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="D70" s="71" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B71" s="78"/>
       <c r="C71" s="78"/>
       <c r="D71" s="78"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B60" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{0F8FE58A-D08B-4196-B156-9440BD8B7BC7}"/>
     <hyperlink ref="C19" r:id="rId1" xr:uid="{38618587-213F-403A-B558-016ACFB6B9D3}"/>
     <hyperlink ref="K14" location="Code_Geslacht!A1" display="code uit lijst 'Geslacht'" xr:uid="{521C73CC-70A3-4829-B2FE-C306D58E21BD}"/>
     <hyperlink ref="N14" location="Code_Doodsoorzaak!A1" display="code uit lijst 'Doodsoorzaak'" xr:uid="{F4B71FE0-52EC-44B4-8EEF-B7545043A88E}"/>
     <hyperlink ref="P14" location="Code_Therapiekeuze!A1" display="code uit lijst 'Therapiekeuze'" xr:uid="{5B2147A8-2CB2-40CE-81E4-9C32396004BD}"/>
     <hyperlink ref="C29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{E98DB287-B61C-4CD6-A5F9-3FBB570857C9}"/>
     <hyperlink ref="E29" location="Code_AGB!A1" display="AGB-code centrum, zie lijst 'AGB'" xr:uid="{0D7F46D9-85E3-4E20-B592-E3B0214FB56D}"/>
     <hyperlink ref="D29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{92CE2986-C62F-47A2-A8BA-4AC7739E7E98}"/>
     <hyperlink ref="F29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{3370E727-6E37-4AF1-A389-EC8211F5D511}"/>
     <hyperlink ref="G29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{A51C7412-8188-4B4D-B3C2-2E5007591D60}"/>
     <hyperlink ref="H29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{6253DB62-6A90-45FF-8FD7-393EECD176EE}"/>
     <hyperlink ref="B34" location="Code_Lab!A1" display="LOINC code, zie lijst 'Lab'" xr:uid="{2C42107D-BA89-49F1-A92B-AE3A856D6CBE}"/>
     <hyperlink ref="B70" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{3B3777D4-14BE-440C-9A0F-FE1E1205A4E5}"/>
@@ -17530,115 +17543,115 @@
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A995C88A-6410-4286-8595-35A975F0838E}">
   <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="H34" sqref="H34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.54296875" style="9" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.54296875" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.453125" style="9" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="8.54296875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="105" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="B1" s="105" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="84" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B4" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B5" s="9" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B6" s="9" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B7" s="9" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B8" s="9" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B9" s="9" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B10" s="9" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B14" s="9" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B18" s="9" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B19" s="9" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B20" s="9" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B21" s="9" t="s">
         <v>350</v>
       </c>
     </row>
@@ -17682,154 +17695,154 @@
         <v>514</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B30" s="9" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B31" s="9" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B32" s="9" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B33" s="9" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B37" s="9" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B38" s="9" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B39" s="9" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B40" s="9" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B41" s="9" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B45" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B46" s="9" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B47" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B48" s="9" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="49" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B49" s="9" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="6" customWidth="1"/>
     <col min="2" max="2" width="17.54296875" style="6" customWidth="1"/>
     <col min="3" max="16384" width="9.453125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>112</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:B60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="7" customWidth="1"/>
     <col min="2" max="2" width="91" style="6" customWidth="1"/>
     <col min="3" max="16384" width="9.453125" style="6"/>