--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Documentatie\Database Nefrodata\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3823F24B-C455-4594-A535-3E5BA57E7FD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{289FC4DC-18C6-4F06-BFBC-BD98716220F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1520" yWindow="1520" windowWidth="28800" windowHeight="15450" tabRatio="724" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" tabRatio="724" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dataset" sheetId="1" r:id="rId1"/>
     <sheet name="Versiebeheer" sheetId="18" r:id="rId2"/>
     <sheet name="Aanlevering_CSV" sheetId="8" r:id="rId3"/>
     <sheet name="Aanlevering_XML" sheetId="23" r:id="rId4"/>
     <sheet name="Meetpunt_namen" sheetId="21" r:id="rId5"/>
     <sheet name="Code_Geslacht" sheetId="7" r:id="rId6"/>
     <sheet name="Code_Doodsoorzaak" sheetId="5" r:id="rId7"/>
     <sheet name="Code_Therapiekeuze" sheetId="19" r:id="rId8"/>
     <sheet name="Code_Therapie" sheetId="4" r:id="rId9"/>
     <sheet name="Code_AGB" sheetId="17" r:id="rId10"/>
     <sheet name="Code_Lab" sheetId="20" r:id="rId11"/>
     <sheet name="Code_Roken" sheetId="11" r:id="rId12"/>
     <sheet name="Code_ICD10" sheetId="15" r:id="rId13"/>
     <sheet name="Code_Vaattoegang" sheetId="2" r:id="rId14"/>
     <sheet name="Code_Verrichting" sheetId="16" r:id="rId15"/>
     <sheet name="Code_Specialisme" sheetId="22" r:id="rId16"/>
     <sheet name="Code_Complicaties" sheetId="14" r:id="rId17"/>
     <sheet name="Code_CFS" sheetId="24" r:id="rId18"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">Code_Lab!$A$1:$C$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">Code_Therapie!$A$1:$C$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">Code_Therapiekeuze!$A$1:$B$7</definedName>
@@ -80,51 +80,51 @@
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2981" uniqueCount="1415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2984" uniqueCount="1417">
   <si>
     <t>Omschrijving</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>bsn</t>
   </si>
   <si>
     <t>string</t>
   </si>
   <si>
     <t>geboortedatum</t>
   </si>
   <si>
     <t>achternaam</t>
   </si>
   <si>
     <t>geslacht</t>
   </si>
   <si>
@@ -4376,50 +4376,56 @@
     <t>LOINC 4548-4, 17856-6</t>
   </si>
   <si>
     <t>LOINC 1751-7, 61152-5</t>
   </si>
   <si>
     <t>LOINC 6942-7, 14957-5</t>
   </si>
   <si>
     <t>LOINC van Urine (micro)albumine toegevoegd.</t>
   </si>
   <si>
     <t>2.10</t>
   </si>
   <si>
     <t>Bovengrens van urine albumine in portie en urine eiwit in portie verhoogd (was eerst 999).</t>
   </si>
   <si>
     <t>2.11</t>
   </si>
   <si>
     <t>Eenheid Hba1c aangepast van mmol/l naar mmol/mol</t>
   </si>
   <si>
     <t>Hba1c (mmol/mol)</t>
+  </si>
+  <si>
+    <t>2.12</t>
+  </si>
+  <si>
+    <t>Bovengrens van urine eiwit in portie nogmaals verhoogd (was eerst 99999). Correctie in XML-tag DBC startdatum (nu: startdatum, was: datum).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -5377,89 +5383,90 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era-edta-reg.org/prd.jsp?disclaim=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era-edta-reg.org/prd.jsp?disclaim=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O113"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="6" topLeftCell="E21" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="D44" sqref="D44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2.54296875" style="3" customWidth="1"/>
     <col min="2" max="3" width="7" style="41" customWidth="1"/>
-    <col min="4" max="4" width="30.54296875" style="3" customWidth="1"/>
-    <col min="5" max="5" width="43" style="10" customWidth="1"/>
+    <col min="4" max="4" width="19.54296875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="32.54296875" style="10" customWidth="1"/>
     <col min="6" max="6" width="12.453125" style="3" customWidth="1"/>
     <col min="7" max="7" width="8.54296875" style="10" customWidth="1"/>
     <col min="8" max="8" width="22.54296875" style="10" customWidth="1"/>
-    <col min="9" max="10" width="7.54296875" style="3" customWidth="1"/>
+    <col min="9" max="9" width="7.54296875" style="3" customWidth="1"/>
+    <col min="10" max="10" width="10.6328125" style="3" customWidth="1"/>
     <col min="11" max="11" width="65.54296875" style="10" customWidth="1"/>
     <col min="12" max="12" width="45.54296875" style="3" customWidth="1"/>
     <col min="13" max="13" width="23.54296875" style="3" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="9.453125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="1" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="A1" s="11" t="s">
         <v>968</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="E1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A2" s="25" t="str">
         <f>"Versie "&amp;LOOKUP(REPT("z",99),Versiebeheer!A:A)&amp;", datum laatst bijgewerkt: "&amp;TEXT(LOOKUP(9.99999999999999E+307,Versiebeheer!C:C),"dd-mm-jjjj")</f>
-        <v>Versie 2.11, datum laatst bijgewerkt: 02-12-2025</v>
+        <v>Versie 2.12, datum laatst bijgewerkt: 10-02-2026</v>
       </c>
       <c r="E2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="K2" s="19"/>
       <c r="L2" s="19"/>
       <c r="M2" s="19"/>
     </row>
     <row r="3" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="C3" s="33"/>
       <c r="D3" s="67"/>
       <c r="E3" s="19"/>
       <c r="G3" s="19"/>
       <c r="H3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="19"/>
       <c r="M3" s="19"/>
     </row>
     <row r="4" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A4" s="18" t="s">
         <v>739</v>
       </c>
       <c r="E4" s="45" t="s">
         <v>737</v>
       </c>
@@ -5520,51 +5527,51 @@
       </c>
       <c r="L6" s="22" t="s">
         <v>1244</v>
       </c>
       <c r="M6" s="22" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A7" s="24" t="s">
         <v>1199</v>
       </c>
       <c r="B7" s="36"/>
       <c r="C7" s="36"/>
       <c r="D7" s="24"/>
       <c r="E7" s="46"/>
       <c r="F7" s="118"/>
       <c r="G7" s="118"/>
       <c r="H7" s="118"/>
       <c r="I7" s="118"/>
       <c r="J7" s="118"/>
       <c r="K7" s="118"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
     </row>
-    <row r="8" spans="1:13" s="18" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:13" s="18" customFormat="1" ht="23" x14ac:dyDescent="0.35">
       <c r="B8" s="40" t="s">
         <v>269</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>269</v>
       </c>
       <c r="D8" s="18" t="s">
         <v>988</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>970</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="19"/>
       <c r="H8" s="19" t="s">
         <v>161</v>
       </c>
       <c r="I8" s="18">
         <v>0</v>
       </c>
       <c r="J8" s="18">
         <v>999999</v>
       </c>
@@ -6605,51 +6612,51 @@
       <c r="O43" s="25"/>
     </row>
     <row r="44" spans="1:15" s="18" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="25"/>
       <c r="B44" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C44" s="37"/>
       <c r="D44" s="26" t="s">
         <v>1282</v>
       </c>
       <c r="E44" s="26" t="s">
         <v>1221</v>
       </c>
       <c r="F44" s="25" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="19"/>
       <c r="H44" s="19" t="s">
         <v>162</v>
       </c>
       <c r="I44" s="18">
         <v>0</v>
       </c>
       <c r="J44" s="18">
-        <v>99999</v>
+        <v>99999999</v>
       </c>
       <c r="K44" s="26" t="s">
         <v>248</v>
       </c>
       <c r="L44" s="19" t="s">
         <v>228</v>
       </c>
       <c r="M44" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N44" s="25"/>
       <c r="O44" s="25"/>
     </row>
     <row r="45" spans="1:15" s="18" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A45" s="25"/>
       <c r="B45" s="39" t="s">
         <v>269</v>
       </c>
       <c r="C45" s="37" t="s">
         <v>269</v>
       </c>
       <c r="D45" s="26" t="s">
         <v>1225</v>
       </c>
       <c r="E45" s="26" t="s">
@@ -8012,51 +8019,51 @@
       </c>
       <c r="L84" s="19" t="s">
         <v>1307</v>
       </c>
       <c r="M84" s="19" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="85" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A85" s="24" t="s">
         <v>1197</v>
       </c>
       <c r="B85" s="36"/>
       <c r="C85" s="36"/>
       <c r="D85" s="24"/>
       <c r="E85" s="46"/>
       <c r="F85" s="118"/>
       <c r="G85" s="118"/>
       <c r="H85" s="118"/>
       <c r="I85" s="118"/>
       <c r="J85" s="118"/>
       <c r="K85" s="118"/>
       <c r="L85" s="24"/>
       <c r="M85" s="24"/>
     </row>
-    <row r="86" spans="1:15" s="23" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:15" s="23" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A86" s="25"/>
       <c r="B86" s="43" t="s">
         <v>269</v>
       </c>
       <c r="C86" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D86" s="25" t="s">
         <v>1344</v>
       </c>
       <c r="E86" s="26" t="s">
         <v>1285</v>
       </c>
       <c r="F86" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G86" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H86" s="26" t="s">
         <v>232</v>
       </c>
       <c r="I86" s="25"/>
       <c r="J86" s="25"/>
       <c r="K86" s="25" t="s">
@@ -8256,51 +8263,51 @@
         <v>228</v>
       </c>
       <c r="M92" s="19" t="s">
         <v>228</v>
       </c>
       <c r="N92" s="25"/>
       <c r="O92" s="25"/>
     </row>
     <row r="93" spans="1:15" s="23" customFormat="1" ht="11.5" x14ac:dyDescent="0.35">
       <c r="A93" s="24" t="s">
         <v>1198</v>
       </c>
       <c r="B93" s="36"/>
       <c r="C93" s="36"/>
       <c r="D93" s="24"/>
       <c r="E93" s="46"/>
       <c r="F93" s="118"/>
       <c r="G93" s="118"/>
       <c r="H93" s="118"/>
       <c r="I93" s="118"/>
       <c r="J93" s="118"/>
       <c r="K93" s="118"/>
       <c r="L93" s="24"/>
       <c r="M93" s="24"/>
     </row>
-    <row r="94" spans="1:15" s="23" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:15" s="23" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
       <c r="A94" s="25"/>
       <c r="B94" s="37"/>
       <c r="C94" s="38" t="s">
         <v>269</v>
       </c>
       <c r="D94" s="25" t="s">
         <v>1034</v>
       </c>
       <c r="E94" s="26" t="s">
         <v>1270</v>
       </c>
       <c r="F94" s="25" t="s">
         <v>235</v>
       </c>
       <c r="G94" s="25" t="s">
         <v>121</v>
       </c>
       <c r="H94" s="26" t="s">
         <v>162</v>
       </c>
       <c r="I94" s="25"/>
       <c r="J94" s="25"/>
       <c r="K94" s="25" t="s">
         <v>1350</v>
       </c>
@@ -15192,51 +15199,51 @@
         <v>1368</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="25" x14ac:dyDescent="0.25">
       <c r="A12" s="108">
         <v>9</v>
       </c>
       <c r="B12" s="106" t="s">
         <v>1384</v>
       </c>
       <c r="C12" s="107" t="s">
         <v>1369</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C16" sqref="C16"/>
+      <selection pane="bottomLeft" activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="16.453125" customWidth="1"/>
     <col min="3" max="3" width="13.54296875" customWidth="1"/>
     <col min="4" max="4" width="109.453125" style="66" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.4">
       <c r="A1" s="8" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="18" x14ac:dyDescent="0.4">
       <c r="A2" s="8"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>952</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>953</v>
       </c>
       <c r="C3" s="4" t="s">
@@ -15407,54 +15414,62 @@
       <c r="B15" s="64" t="s">
         <v>1402</v>
       </c>
       <c r="C15" s="65">
         <v>45973</v>
       </c>
       <c r="D15" s="27" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A16" s="64" t="s">
         <v>1412</v>
       </c>
       <c r="B16" s="64" t="s">
         <v>1402</v>
       </c>
       <c r="C16" s="65">
         <v>45993</v>
       </c>
       <c r="D16" s="27" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A17" s="64"/>
-[...2 lines deleted...]
-      <c r="D17" s="27"/>
+      <c r="A17" s="64" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B17" s="64" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C17" s="65">
+        <v>46063</v>
+      </c>
+      <c r="D17" s="27" t="s">
+        <v>1416</v>
+      </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" s="64"/>
       <c r="B18" s="64"/>
       <c r="C18" s="65"/>
       <c r="D18" s="27"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A19" s="64"/>
       <c r="B19" s="64"/>
       <c r="C19" s="65"/>
       <c r="D19" s="27"/>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" s="64"/>
       <c r="B20" s="64"/>
       <c r="C20" s="65"/>
       <c r="D20" s="27"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A21" s="64"/>
       <c r="B21" s="64"/>
       <c r="C21" s="65"/>
       <c r="D21" s="27"/>
     </row>
@@ -16700,51 +16715,51 @@
     <hyperlink ref="F29" location="Code_AGB!A1" display="OrganisatieLocatie, zie lijst 'AGB'" xr:uid="{312AF58C-0128-4663-9418-AEAB9C3142EE}"/>
     <hyperlink ref="G29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{11ABAE71-F9E0-4449-8387-20FA8570620D}"/>
     <hyperlink ref="H29" location="Code_Therapie!A1" display="code uit lijst 'Therapie' " xr:uid="{A0B4F11D-0D8D-4A1A-9660-F548ACEADE8C}"/>
     <hyperlink ref="B34" location="Code_Lab!A1" display="LOINC code, zie lijst 'Lab'" xr:uid="{5797BC8F-4652-4878-AB54-F9098699E69B}"/>
     <hyperlink ref="B70" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{DE5842D3-28DA-449D-BB4C-10E892AE1C64}"/>
     <hyperlink ref="B45" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{9F3A1B09-BDBF-40D2-A142-21105880996F}"/>
     <hyperlink ref="B55" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{B7388B6A-6B60-4A7D-B221-64ACE1B57DE1}"/>
     <hyperlink ref="B39" location="Meetpunt_namen!A3" display="meetpunt_naam conform specs" xr:uid="{38495796-82DB-4580-B41C-E7CA4777C462}"/>
     <hyperlink ref="C70" location="Code_Complicaties!A1" display="Code (Thesaurus ID, zie lijst 'complicaties) of ja/nee" xr:uid="{76B3823F-BBCD-4CD5-92DE-112EC733A4BE}"/>
     <hyperlink ref="B65" location="Code_Specialisme!A1" display="waarde uit specialismeAGBcodelijst, zie lijst 'Specialisme'" xr:uid="{EB092A29-CAB7-4793-BC90-3EFA03B43588}"/>
     <hyperlink ref="C45" location="Code_ICD10!A1" display="ICD10 code (zie lijst 'ICD10') of ja/nee" xr:uid="{8FA40C14-EB90-4D98-8119-39A7409C9F8E}"/>
     <hyperlink ref="C55" location="Code_Verrichting!A1" display="Ja/nee of code (Verrichtingen thesaurus ID of waarde Registratie in geval van vaattoegang, zie lijst 'Verrichting')" xr:uid="{2C0C0DAC-16DE-4BD2-8919-0667761BC38B}"/>
     <hyperlink ref="C39" location="Code_Roken!A1" display="meetwaarde of in geval van rookgedrag, zie lijst 'Roken'" xr:uid="{FBE0886D-7CE4-406D-AB2B-2A47B54AAC2C}"/>
     <hyperlink ref="C40" location="Code_CFS!A1" display="in geval van CFS, zie lijst 'CFS'" xr:uid="{D6C3EC31-2B25-4D29-9BF0-5874DF5F681E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E4D2583-6544-4545-A3A0-582208F671C8}">
   <dimension ref="A1:Q71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H42" sqref="H42"/>
+      <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.54296875" style="74" customWidth="1"/>
     <col min="2" max="17" width="17.54296875" style="74" customWidth="1"/>
     <col min="18" max="16384" width="8.54296875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="72" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A2" s="73" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A3" s="73" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.35">
@@ -16983,51 +16998,51 @@
       </c>
     </row>
     <row r="22" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="99"/>
       <c r="B22" s="79" t="s">
         <v>165</v>
       </c>
       <c r="C22" s="79" t="s">
         <v>163</v>
       </c>
       <c r="D22" s="79" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A23" s="75" t="s">
         <v>981</v>
       </c>
       <c r="B23" s="75" t="s">
         <v>165</v>
       </c>
       <c r="C23" s="75" t="s">
         <v>163</v>
       </c>
       <c r="D23" s="75" t="s">
-        <v>164</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="97" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="71" t="s">
         <v>991</v>
       </c>
       <c r="B24" s="71" t="s">
         <v>243</v>
       </c>
       <c r="C24" s="71" t="s">
         <v>242</v>
       </c>
       <c r="D24" s="71" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="B25" s="77"/>
       <c r="C25" s="78"/>
       <c r="D25" s="78"/>
     </row>
     <row r="26" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A26" s="72" t="s">
         <v>1156</v>
       </c>